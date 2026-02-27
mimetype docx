--- v0 (2025-10-26)
+++ v1 (2026-02-27)
@@ -2,501 +2,600 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="001713B0" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="745A77D3" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="001713B0" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001713B0">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Iekšlietu ministrijas </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="001713B0" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="4DB3E1B9" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="001713B0" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001713B0">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>veselības un sporta centram</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="001713B0" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="08E74AA8" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="001713B0" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001713B0">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Čiekurkalna 1.līnijā 1, korpuss-1,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="2C27B758" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Rīgā</w:t>
       </w:r>
       <w:r w:rsidRPr="001713B0">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>, LV-1026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A275F3" w:rsidRPr="00A275F3" w:rsidRDefault="00A275F3" w:rsidP="00BC43BC">
+    <w:p w14:paraId="0AB17A2C" w14:textId="77777777" w:rsidR="00A275F3" w:rsidRPr="00A275F3" w:rsidRDefault="00A275F3" w:rsidP="00BC43BC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9656" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="6232"/>
         <w:gridCol w:w="1581"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidTr="00B01694">
+      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w14:paraId="11AF0EDA" w14:textId="77777777" w:rsidTr="00B01694">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="55A89D3C" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001713B0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Vārds Uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7813" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B01694" w:rsidRPr="00DD68BD" w:rsidRDefault="007D4196" w:rsidP="000D7A5F">
+          <w:p w14:paraId="40A4E9ED" w14:textId="77777777" w:rsidR="00B01694" w:rsidRPr="00DD68BD" w:rsidRDefault="007D4196" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="58"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text35"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidTr="00B01694">
+      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w14:paraId="42BFD9EF" w14:textId="77777777" w:rsidTr="00B01694">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="03D98E4D" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="00B01694">
+          <w:p w14:paraId="4C34CFED" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="00B01694">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001713B0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Personas kods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7813" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="5040" w:type="dxa"/>
               <w:tblInd w:w="113" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
               <w:gridCol w:w="420"/>
             </w:tblGrid>
-            <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidTr="00B01694">
+            <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w14:paraId="2BB40D85" w14:textId="77777777" w:rsidTr="00B01694">
               <w:trPr>
                 <w:trHeight w:val="390"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="420" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:noWrap/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                <w:p w14:paraId="21199A88" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
                   <w:pPr>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text1"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:type w:val="number"/>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="2" w:name="Text1"/>
+                  <w:bookmarkStart w:id="1" w:name="Text1"/>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:noProof/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
-                  <w:bookmarkEnd w:id="2"/>
+                  <w:bookmarkEnd w:id="1"/>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="420" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:noWrap/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                <w:p w14:paraId="6E4A084E" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
                   <w:pPr>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text2"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:type w:val="number"/>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="3" w:name="Text2"/>
+                  <w:bookmarkStart w:id="2" w:name="Text2"/>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:bookmarkEnd w:id="2"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="420" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="292D7B51" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                  <w:pPr>
+                    <w:suppressAutoHyphens w:val="0"/>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text3"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput>
+                          <w:type w:val="number"/>
+                          <w:maxLength w:val="1"/>
+                        </w:textInput>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:bookmarkStart w:id="3" w:name="Text3"/>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -515,89 +614,89 @@
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="3"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="420" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:noWrap/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                <w:p w14:paraId="50E0AA51" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
                   <w:pPr>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text3"/>
+                        <w:name w:val="Text4"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:type w:val="number"/>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="4" w:name="Text3"/>
+                  <w:bookmarkStart w:id="4" w:name="Text4"/>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -616,89 +715,89 @@
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="4"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="420" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:noWrap/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                <w:p w14:paraId="55F2C1BD" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
                   <w:pPr>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text4"/>
+                        <w:name w:val="Text5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:type w:val="number"/>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="5" w:name="Text4"/>
+                  <w:bookmarkStart w:id="5" w:name="Text5"/>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -717,326 +816,326 @@
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="5"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="420" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:noWrap/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                <w:p w14:paraId="5CFF411B" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
                   <w:pPr>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text5"/>
+                        <w:name w:val="Text6"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:type w:val="number"/>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="6" w:name="Text5"/>
+                  <w:bookmarkStart w:id="6" w:name="Text6"/>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:noProof/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="6"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="420" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="477193A8" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                  <w:pPr>
+                    <w:suppressAutoHyphens w:val="0"/>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:t>-</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="420" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6B3A6E9E" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                  <w:pPr>
+                    <w:suppressAutoHyphens w:val="0"/>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text7"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput>
+                          <w:type w:val="number"/>
+                          <w:maxLength w:val="1"/>
+                        </w:textInput>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:bookmarkStart w:id="7" w:name="Text7"/>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD68BD">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="26"/>
+                      <w:szCs w:val="26"/>
+                      <w:lang w:eastAsia="lv-LV"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:bookmarkEnd w:id="7"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="420" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:noWrap/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                <w:p w14:paraId="3BB29464" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
                   <w:pPr>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text6"/>
+                        <w:name w:val="Text8"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:type w:val="number"/>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="7" w:name="Text6"/>
-[...135 lines deleted...]
-                  <w:bookmarkStart w:id="8" w:name="Text7"/>
+                  <w:bookmarkStart w:id="8" w:name="Text8"/>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -1055,89 +1154,89 @@
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="8"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="420" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:noWrap/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                <w:p w14:paraId="4CF396DF" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
                   <w:pPr>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text8"/>
+                        <w:name w:val="Text9"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:type w:val="number"/>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="9" w:name="Text8"/>
+                  <w:bookmarkStart w:id="9" w:name="Text9"/>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -1156,89 +1255,89 @@
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="9"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="420" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:noWrap/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                <w:p w14:paraId="37EFBAFC" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
                   <w:pPr>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text9"/>
+                        <w:name w:val="Text10"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:type w:val="number"/>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="10" w:name="Text9"/>
+                  <w:bookmarkStart w:id="10" w:name="Text10"/>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -1257,397 +1356,296 @@
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="10"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="420" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:noWrap/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
-[...100 lines deleted...]
-                <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+                <w:p w14:paraId="02E52473" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
                   <w:pPr>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text11"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:type w:val="number"/>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="12" w:name="Text11"/>
+                  <w:bookmarkStart w:id="11" w:name="Text11"/>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:noProof/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DD68BD">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="26"/>
                       <w:szCs w:val="26"/>
                       <w:lang w:eastAsia="lv-LV"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
-                  <w:bookmarkEnd w:id="12"/>
+                  <w:bookmarkEnd w:id="11"/>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="35777492" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidTr="00B01694">
+      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w14:paraId="00CE450A" w14:textId="77777777" w:rsidTr="00B01694">
         <w:trPr>
           <w:trHeight w:val="466"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="551877F2" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="26BE5BC1" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001713B0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Dienesta vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7813" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:id w:val="-1170178591"/>
               <w:placeholder>
                 <w:docPart w:val="858A29DFAF4F4D3AA2B7FDA4521188E2"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:dropDownList>
                 <w:listItem w:displayText="VP" w:value="VP"/>
                 <w:listItem w:displayText="VRS" w:value="VRS"/>
                 <w:listItem w:displayText="VUGD" w:value="VUGD"/>
                 <w:listItem w:displayText="IDB" w:value="IDB"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="00141AE3" w:rsidP="00141AE3">
+              <w:p w14:paraId="6FD2B09C" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="00141AE3" w:rsidP="00141AE3">
                 <w:pPr>
                   <w:spacing w:after="100" w:afterAutospacing="1"/>
                   <w:rPr>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B01694">
                   <w:rPr>
                     <w:sz w:val="26"/>
                     <w:szCs w:val="26"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">    </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidTr="00B01694">
+      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w14:paraId="450EE7BB" w14:textId="77777777" w:rsidTr="00B01694">
         <w:trPr>
           <w:trHeight w:val="714"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="043B478F" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="7134F1E5" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001713B0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Dienesta pakāpe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7813" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="00366702" w:rsidP="000D7A5F">
+          <w:p w14:paraId="1730C554" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="00366702" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="57"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text36"/>
+            <w:bookmarkStart w:id="12" w:name="Text36"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
@@ -1671,118 +1669,118 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidTr="00B01694">
+      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w14:paraId="65F2654E" w14:textId="77777777" w:rsidTr="00B01694">
         <w:trPr>
           <w:trHeight w:val="683"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="67DCBDF5" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="1A7055B8" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001713B0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Dzīvesvietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRDefault="00CA27AD" w:rsidP="000D7A5F">
+          <w:p w14:paraId="62953508" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRDefault="00CA27AD" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="54"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text33"/>
+            <w:bookmarkStart w:id="13" w:name="Text33"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
@@ -1806,53 +1804,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="00F33D67" w:rsidRDefault="00CA27AD" w:rsidP="000D7A5F">
+          <w:p w14:paraId="11204ECC" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00F33D67" w:rsidRDefault="00CA27AD" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="54"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
@@ -1906,85 +1904,85 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1581" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="1F7BA840" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>LV-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text34"/>
+            <w:bookmarkStart w:id="14" w:name="Text34"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
@@ -2000,121 +1998,121 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidTr="00B01694">
+      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w14:paraId="6A83520F" w14:textId="77777777" w:rsidTr="00B01694">
         <w:trPr>
           <w:trHeight w:val="423"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="1F255B2C" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="772767CB" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001713B0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Tālrunis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7813" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="3DC5DB85" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="8"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text31"/>
+            <w:bookmarkStart w:id="15" w:name="Text31"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
@@ -2138,127 +2136,127 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidTr="00B01694">
+      <w:tr w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w14:paraId="16FB3F67" w14:textId="77777777" w:rsidTr="00B01694">
         <w:trPr>
           <w:trHeight w:val="401"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="4AEFF3FF" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="000D7A5F" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="727062B6" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="001713B0" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001713B0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>E-pasta adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="00CB6563" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="5C87E198" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00CB6563" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7813" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
+          <w:p w14:paraId="63E65943" w14:textId="77777777" w:rsidR="000D7A5F" w:rsidRPr="00DD68BD" w:rsidRDefault="000D7A5F" w:rsidP="000D7A5F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="58"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text32"/>
+            <w:bookmarkStart w:id="16" w:name="Text32"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
@@ -2282,116 +2280,116 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DD68BD" w:rsidRPr="00DD68BD" w:rsidRDefault="00DD68BD" w:rsidP="00DD68BD">
+    <w:p w14:paraId="3FBC00A6" w14:textId="77777777" w:rsidR="00DD68BD" w:rsidRPr="00DD68BD" w:rsidRDefault="00DD68BD" w:rsidP="00DD68BD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD68BD" w:rsidRPr="00DD68BD" w:rsidRDefault="00DD68BD" w:rsidP="00DD68BD">
+    <w:p w14:paraId="2A71BCEB" w14:textId="77777777" w:rsidR="00DD68BD" w:rsidRPr="00DD68BD" w:rsidRDefault="00DD68BD" w:rsidP="00DD68BD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD68BD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>IESNIEGUMS PAR PABALSTA PIEŠĶIRŠANU</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00B3359D">
+    <w:p w14:paraId="68694A53" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00B3359D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="2A5552E1" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95935">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
         <w:t>Lūdzu piešķirt vienreizēju pabalstu saskaņā ar Ministru kabineta 2010.gada 21.jūnija noteikumiem Nr.565 “Noteikumi par valsts un pašvaldību institūciju amatpersonu un darbinieku sociālajām garantijām“.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="26595DD4" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="4D714A8F" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95935">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Pabalstu lūdzu pārskaitīt uz manu kontu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> k</w:t>
       </w:r>
       <w:r w:rsidRPr="00A95935">
         <w:rPr>
           <w:sz w:val="26"/>
@@ -2400,278 +2398,367 @@
         <w:t xml:space="preserve">redītiestādē </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1722319185"/>
           <w:placeholder>
             <w:docPart w:val="78D72CBCE51A4AE29F9F46FC6C45DB2E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="Swedbanka" w:value="Swedbanka"/>
             <w:listItem w:displayText="SEB" w:value="SEB"/>
             <w:listItem w:displayText="Citadele Banka" w:value="Citadele Banka"/>
             <w:listItem w:displayText="Luminor banka" w:value="Luminor banka"/>
             <w:listItem w:displayText="Latvijas Pasta banka" w:value="Latvijas Pasta banka"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0010340F" w:rsidRPr="00986BC0">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="background2" w:themeFillShade="E6"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00547982" w:rsidRDefault="0010340F" w:rsidP="0010340F">
+    <w:p w14:paraId="0E4620CD" w14:textId="77777777" w:rsidR="00547982" w:rsidRDefault="0010340F" w:rsidP="0010340F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9781"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00547982" w:rsidRPr="003B20A8" w:rsidTr="000D7A5F">
+      <w:tr w:rsidR="00547982" w:rsidRPr="003B20A8" w14:paraId="4679DB99" w14:textId="77777777" w:rsidTr="000D7A5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00547982" w:rsidRPr="003B20A8" w:rsidRDefault="00547982" w:rsidP="0035258B">
+          <w:p w14:paraId="33650B93" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="003B20A8" w:rsidRDefault="00547982" w:rsidP="0035258B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B20A8">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Konta Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547982" w:rsidRPr="003B20A8" w:rsidTr="000D7A5F">
+      <w:tr w:rsidR="00547982" w:rsidRPr="003B20A8" w14:paraId="7B69C28E" w14:textId="77777777" w:rsidTr="000D7A5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="49"/>
               <w:tblOverlap w:val="never"/>
               <w:tblW w:w="9185" w:type="dxa"/>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="278"/>
               <w:gridCol w:w="445"/>
               <w:gridCol w:w="459"/>
               <w:gridCol w:w="422"/>
               <w:gridCol w:w="422"/>
               <w:gridCol w:w="422"/>
               <w:gridCol w:w="422"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="421"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00B01694" w:rsidRPr="000B03D3" w:rsidTr="00B01694">
+            <w:tr w:rsidR="00B01694" w:rsidRPr="000B03D3" w14:paraId="3B1F2D8C" w14:textId="77777777" w:rsidTr="00B01694">
               <w:trPr>
                 <w:trHeight w:val="567"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="000B03D3" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="4BEA4437" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="000B03D3" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:ind w:left="3"/>
                     <w:jc w:val="left"/>
                     <w:rPr>
                       <w:color w:val="auto"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="000B03D3" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="7547BE54" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="000B03D3" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000B03D3">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                     <w:t>L</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="000B03D3" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="5C5DA03D" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="000B03D3" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000B03D3">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                     <w:t>V</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="0ED92A97" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text12"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="18" w:name="Text12"/>
+                  <w:bookmarkStart w:id="17" w:name="Text12"/>
+                  <w:r w:rsidRPr="00B5743A">
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="32"/>
+                      <w:szCs w:val="32"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00B5743A">
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="32"/>
+                      <w:szCs w:val="32"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="00B5743A">
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="32"/>
+                      <w:szCs w:val="32"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00B5743A">
+                    <w:rPr>
+                      <w:b/>
+                      <w:noProof/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="32"/>
+                      <w:szCs w:val="32"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00B5743A">
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="32"/>
+                      <w:szCs w:val="32"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:bookmarkEnd w:id="17"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="567" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3C43A1F2" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                  <w:pPr>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
+                    <w:snapToGrid w:val="0"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="32"/>
+                      <w:szCs w:val="32"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00B5743A">
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="32"/>
+                      <w:szCs w:val="32"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text13"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput>
+                          <w:maxLength w:val="1"/>
+                        </w:textInput>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:bookmarkStart w:id="18" w:name="Text13"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -2687,80 +2774,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="18"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="09A89882" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text13"/>
+                        <w:name w:val="Text14"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="19" w:name="Text13"/>
+                  <w:bookmarkStart w:id="19" w:name="Text14"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -2776,80 +2863,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="19"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="23EF73AB" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text14"/>
+                        <w:name w:val="Text15"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="20" w:name="Text14"/>
+                  <w:bookmarkStart w:id="20" w:name="Text15"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -2865,80 +2952,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="20"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="343522B1" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text15"/>
+                        <w:name w:val="Text16"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="21" w:name="Text15"/>
+                  <w:bookmarkStart w:id="21" w:name="Text16"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -2954,80 +3041,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="21"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="7580A349" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text16"/>
+                        <w:name w:val="Text17"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="22" w:name="Text16"/>
+                  <w:bookmarkStart w:id="22" w:name="Text17"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3043,80 +3130,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="22"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="63051031" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text17"/>
+                        <w:name w:val="Text18"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="23" w:name="Text17"/>
+                  <w:bookmarkStart w:id="23" w:name="Text18"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3132,80 +3219,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="23"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="544B1E90" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text18"/>
+                        <w:name w:val="Text19"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="24" w:name="Text18"/>
+                  <w:bookmarkStart w:id="24" w:name="Text19"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3221,80 +3308,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="24"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="60E05054" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text19"/>
+                        <w:name w:val="Text20"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="25" w:name="Text19"/>
+                  <w:bookmarkStart w:id="25" w:name="Text20"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3310,80 +3397,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="25"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="18769470" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text20"/>
+                        <w:name w:val="Text21"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="26" w:name="Text20"/>
+                  <w:bookmarkStart w:id="26" w:name="Text21"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3399,80 +3486,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="26"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="18295213" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text21"/>
+                        <w:name w:val="Text22"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="27" w:name="Text21"/>
+                  <w:bookmarkStart w:id="27" w:name="Text22"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3488,80 +3575,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="27"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="043E5E06" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text22"/>
+                        <w:name w:val="Text23"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="28" w:name="Text22"/>
+                  <w:bookmarkStart w:id="28" w:name="Text23"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3577,80 +3664,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="28"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="67A9CBB7" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text23"/>
+                        <w:name w:val="Text24"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="29" w:name="Text23"/>
+                  <w:bookmarkStart w:id="29" w:name="Text24"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3666,80 +3753,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="29"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="77F92CE1" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text24"/>
+                        <w:name w:val="Text25"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="30" w:name="Text24"/>
+                  <w:bookmarkStart w:id="30" w:name="Text25"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3755,80 +3842,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="30"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="2D3BA82E" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text25"/>
+                        <w:name w:val="Text26"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="31" w:name="Text25"/>
+                  <w:bookmarkStart w:id="31" w:name="Text26"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3844,80 +3931,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="31"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="64AFAAAD" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text26"/>
+                        <w:name w:val="Text27"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="32" w:name="Text26"/>
+                  <w:bookmarkStart w:id="32" w:name="Text27"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -3933,80 +4020,80 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="32"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="42339101" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
-                        <w:name w:val="Text27"/>
+                        <w:name w:val="Text28"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="33" w:name="Text27"/>
+                  <w:bookmarkStart w:id="33" w:name="Text28"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
@@ -4022,643 +4109,554 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="33"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="4F4EAB41" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
-[...88 lines deleted...]
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text29"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="35" w:name="Text29"/>
+                  <w:bookmarkStart w:id="34" w:name="Text29"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:noProof/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
-                  <w:bookmarkEnd w:id="35"/>
+                  <w:bookmarkEnd w:id="34"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="567" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
+                <w:p w14:paraId="180CB8ED" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="00B5743A" w:rsidRDefault="00547982" w:rsidP="0035258B">
                   <w:pPr>
-                    <w:pStyle w:val="ListBullet"/>
+                    <w:pStyle w:val="Sarakstaaizzme"/>
                     <w:snapToGrid w:val="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text30"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="1"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:bookmarkStart w:id="36" w:name="Text30"/>
+                  <w:bookmarkStart w:id="35" w:name="Text30"/>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:noProof/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B5743A">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
-                  <w:bookmarkEnd w:id="36"/>
+                  <w:bookmarkEnd w:id="35"/>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00547982" w:rsidRPr="003B20A8" w:rsidRDefault="00547982" w:rsidP="0035258B">
+          <w:p w14:paraId="36231858" w14:textId="77777777" w:rsidR="00547982" w:rsidRPr="003B20A8" w:rsidRDefault="00547982" w:rsidP="0035258B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="00E64678" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="2359B294" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="00E64678" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00DD2BF2">
+    <w:p w14:paraId="4324AE4F" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00DD2BF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8490"/>
         </w:tabs>
         <w:ind w:right="-257"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95935">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Lēmumu par pabalsta piešķiršanu lūdzu nosūtīt:</w:t>
       </w:r>
       <w:r w:rsidR="00DD2BF2">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C116C8" w:rsidRDefault="00125EA2" w:rsidP="00BC43BC">
+    <w:p w14:paraId="713FDEAB" w14:textId="77777777" w:rsidR="00C116C8" w:rsidRDefault="00125EA2" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:right="-257"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="Check1"/>
+      <w:bookmarkStart w:id="36" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0057374D">
-[...5 lines deleted...]
-      <w:r w:rsidR="0057374D">
+      <w:r w:rsidR="00E07F58">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E07F58">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C116C8">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>uz manu e-adresi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00C116C8" w:rsidP="00BC43BC">
+    <w:p w14:paraId="3A4E3B62" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00C116C8" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:right="-257"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="Check3"/>
+      <w:bookmarkStart w:id="37" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0057374D">
-[...5 lines deleted...]
-      <w:r w:rsidR="0057374D">
+      <w:r w:rsidR="00E07F58">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E07F58">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC43BC" w:rsidRPr="00A95935">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>pa pastu uz deklarētās dzīvesvietas adresi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00125EA2" w:rsidP="00BC43BC">
+    <w:p w14:paraId="664902C7" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRDefault="00125EA2" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:right="-257"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="Check2"/>
+      <w:bookmarkStart w:id="38" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0057374D">
-[...5 lines deleted...]
-      <w:r w:rsidR="0057374D">
+      <w:r w:rsidR="00E07F58">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E07F58">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC43BC" w:rsidRPr="00A95935">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>pa pastu uz iesniegumā norādīto adresi (ja tā atšķiras no deklarētās dzīvesvietas adreses)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="19FC86E1" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:right="-257"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="07CF1F83" w14:textId="43ACCFA9" w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Rīgā</w:t>
       </w:r>
       <w:r w:rsidR="00547982">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B5743A">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00597298">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00A51DCE">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00B5743A">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">.gada </w:t>
       </w:r>
       <w:r w:rsidR="002D3C45">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="31"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="40" w:name="Text37"/>
+      <w:bookmarkStart w:id="39" w:name="Text37"/>
       <w:r w:rsidR="002D3C45">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="002D3C45">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="002D3C45">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="002D3C45">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
@@ -4682,70 +4680,70 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="002D3C45">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="002D3C45">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="002D3C45">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="2FF899CA" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="left" w:pos="10620"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="009E7A37" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="6F30B2DF" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="009E7A37" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="left" w:pos="10620"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00104AC6">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Informācija par personas datu apstrādi. </w:t>
       </w:r>
       <w:r w:rsidRPr="00104AC6">
@@ -4793,408 +4791,411 @@
       </w:r>
       <w:r w:rsidRPr="00104AC6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Papildus i</w:t>
       </w:r>
       <w:r w:rsidRPr="00104AC6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nformācija vietnē: </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidRPr="00104AC6">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://vsc.iem.gov.lv/fizisko-personu-datu-apstrade/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00104AC6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="3A4B02B5" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="6AB3B098" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="004678EC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="0A8AA511" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="004678EC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:firstLine="6804"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003D59B6">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004678EC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>SAŅEMTS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="03EB3B98" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:firstLine="6804"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4786A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>IEKŠLIETU MINISTRIJAS VESEL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ĪBAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="7259F575" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:firstLine="6804"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4786A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>UN SPORTA CENTRS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="002A6F09" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:firstLine="6804"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="76F2648A" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:firstLine="6804"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Reģ.datums___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
+    <w:p w14:paraId="4C07EBC8" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRDefault="00BC43BC" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:firstLine="6804"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00597298" w:rsidP="00BC43BC">
+    <w:p w14:paraId="66ED443A" w14:textId="77777777" w:rsidR="00BC43BC" w:rsidRPr="00A95935" w:rsidRDefault="00597298" w:rsidP="00BC43BC">
       <w:pPr>
         <w:ind w:firstLine="6804"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Reģ.Nr. 28/1.1.1-65</w:t>
       </w:r>
       <w:r w:rsidR="00BC43BC">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/_________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00125EA2" w:rsidRDefault="00125EA2">
+    <w:p w14:paraId="375F467A" w14:textId="77777777" w:rsidR="00125EA2" w:rsidRDefault="00125EA2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00125EA2" w:rsidRDefault="00125EA2">
+    <w:p w14:paraId="5D1F9541" w14:textId="77777777" w:rsidR="00125EA2" w:rsidRDefault="00125EA2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D3C45" w:rsidRDefault="002D3C45" w:rsidP="000D7A5F">
+    <w:p w14:paraId="1FADBDC6" w14:textId="77777777" w:rsidR="002D3C45" w:rsidRDefault="002D3C45" w:rsidP="000D7A5F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D262D2" w:rsidRDefault="00125EA2" w:rsidP="00125EA2">
+    <w:p w14:paraId="675622A1" w14:textId="77777777" w:rsidR="00D262D2" w:rsidRDefault="00125EA2" w:rsidP="00125EA2">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D262D2" w:rsidSect="00E212D9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="-284" w:right="822" w:bottom="0" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="tHYjQBTq7/t4oP44xt2yxoNMxg8JGgWHDPTzseSmmSxBVZ7+OfBYtWTQ+czoEOS/o6YL02GjkDYWxgvY3DbwSw==" w:salt="QzoxKBXjbJzfrN/qFsoesg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="byDPcVwX20ZmW2hccyeKtpnVawTld0hV8Slaq+PvJFeTlsPs259Na2a8MksmojJ4LH1c0xw+pMNVo9Pq8V6R4A==" w:salt="67qin8lyxAg6f1HwXIrhWg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC43BC"/>
     <w:rsid w:val="000456A3"/>
     <w:rsid w:val="000D7A5F"/>
     <w:rsid w:val="0010340F"/>
     <w:rsid w:val="00125EA2"/>
     <w:rsid w:val="00141AE3"/>
     <w:rsid w:val="0014242C"/>
     <w:rsid w:val="0014590C"/>
     <w:rsid w:val="001B66F2"/>
     <w:rsid w:val="00217A27"/>
     <w:rsid w:val="0027687F"/>
     <w:rsid w:val="002D3C45"/>
     <w:rsid w:val="00303EDA"/>
     <w:rsid w:val="00366702"/>
     <w:rsid w:val="003A3932"/>
     <w:rsid w:val="003D59B6"/>
     <w:rsid w:val="003D631D"/>
     <w:rsid w:val="00547982"/>
     <w:rsid w:val="0057374D"/>
     <w:rsid w:val="00597298"/>
     <w:rsid w:val="005E7627"/>
     <w:rsid w:val="0063593C"/>
     <w:rsid w:val="006F39FB"/>
     <w:rsid w:val="00727FA6"/>
     <w:rsid w:val="0078174E"/>
     <w:rsid w:val="007834CA"/>
     <w:rsid w:val="007D4196"/>
     <w:rsid w:val="00986BC0"/>
     <w:rsid w:val="00A275F3"/>
+    <w:rsid w:val="00A51DCE"/>
     <w:rsid w:val="00AA3D1F"/>
     <w:rsid w:val="00AD7F20"/>
     <w:rsid w:val="00AF23D7"/>
     <w:rsid w:val="00B01694"/>
     <w:rsid w:val="00B3359D"/>
     <w:rsid w:val="00B5743A"/>
     <w:rsid w:val="00BC43BC"/>
     <w:rsid w:val="00C116C8"/>
     <w:rsid w:val="00C2452B"/>
+    <w:rsid w:val="00C57345"/>
     <w:rsid w:val="00CA27AD"/>
     <w:rsid w:val="00CB77FF"/>
     <w:rsid w:val="00D262D2"/>
     <w:rsid w:val="00DA1BCC"/>
     <w:rsid w:val="00DA56E7"/>
     <w:rsid w:val="00DD2BF2"/>
     <w:rsid w:val="00DD68BD"/>
     <w:rsid w:val="00DF05BA"/>
     <w:rsid w:val="00E03253"/>
+    <w:rsid w:val="00E07F58"/>
     <w:rsid w:val="00E4602D"/>
     <w:rsid w:val="00EC5904"/>
     <w:rsid w:val="00ED4266"/>
     <w:rsid w:val="00EE56EC"/>
     <w:rsid w:val="00F03B9D"/>
     <w:rsid w:val="00F33D67"/>
     <w:rsid w:val="00FA2150"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="14FA268D"/>
+  <w14:docId w14:val="0E72B444"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4E9DA7CF-9CC4-4197-98F6-1EAEDDB7EE76}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5256,98 +5257,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -5522,303 +5519,312 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BC43BC"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Sarakstaaizzme">
     <w:name w:val="List Bullet"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00BC43BC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:ind w:left="18"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC43BC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Vietturateksts">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00727FA6"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vsc.iem.gov.lv/fizisko-personu-datu-apstrade/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="78D72CBCE51A4AE29F9F46FC6C45DB2E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A0577026-4152-4EBA-8B8E-11FB7E420391}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D14BAF" w:rsidRDefault="00F47EB8" w:rsidP="00F47EB8">
           <w:pPr>
             <w:pStyle w:val="78D72CBCE51A4AE29F9F46FC6C45DB2E4"/>
           </w:pPr>
           <w:r w:rsidRPr="00986BC0">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="858A29DFAF4F4D3AA2B7FDA4521188E2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7EBE5094-1EC3-48A6-82D3-03C1E0BAD69F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003B468C" w:rsidRDefault="00F47EB8" w:rsidP="00F47EB8">
           <w:pPr>
             <w:pStyle w:val="858A29DFAF4F4D3AA2B7FDA4521188E24"/>
           </w:pPr>
           <w:r w:rsidRPr="00E4602D">
             <w:rPr>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             </w:rPr>
             <w:t xml:space="preserve">    </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D0BBC"/>
     <w:rsid w:val="003B468C"/>
     <w:rsid w:val="003D0BBC"/>
     <w:rsid w:val="004909F4"/>
     <w:rsid w:val="008362C2"/>
     <w:rsid w:val="00971BA9"/>
     <w:rsid w:val="00D14BAF"/>
+    <w:rsid w:val="00DB20A0"/>
     <w:rsid w:val="00F47EB8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5880,98 +5886,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -6146,229 +6148,130 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Vietturateksts">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F47EB8"/>
     <w:rPr>
       <w:color w:val="808080"/>
-    </w:rPr>
-[...102 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="858A29DFAF4F4D3AA2B7FDA4521188E24">
     <w:name w:val="858A29DFAF4F4D3AA2B7FDA4521188E24"/>
     <w:rsid w:val="00F47EB8"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="78D72CBCE51A4AE29F9F46FC6C45DB2E4">
     <w:name w:val="78D72CBCE51A4AE29F9F46FC6C45DB2E4"/>
     <w:rsid w:val="00F47EB8"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 3">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F8F8F8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="DDDDDD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B2B2B2"/>