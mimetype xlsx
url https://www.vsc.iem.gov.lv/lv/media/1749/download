--- v0 (2025-11-03)
+++ v1 (2026-02-18)
@@ -1,74 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Administrativa nodala\Agita_Sukure\Ligumi\Arstniecibas iestazu saraksrs_GAP_majaslapai\majaslapa_08_01_2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Administrativa nodala\Agita_Sukure\Ligumi\Arstniecibas iestazu saraksrs_GAP_majaslapai\majaslapa_04.02.2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2784AC54-F022-4084-A451-45037A78E183}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="ĢĀP_majaslapai" sheetId="1" r:id="rId1"/>
+    <sheet name="ĢĀP" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ĢĀP_majaslapai!$A$1:$E$71</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ĢĀP!$A$1:$E$76</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="165">
   <si>
     <t>Adrese</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Reģions</t>
   </si>
   <si>
     <t>Francisti Veras ģimenes ārstes prakse</t>
   </si>
   <si>
     <t>Brīvības iela 95, Liepāja, LV3401</t>
   </si>
   <si>
     <t>Liepāja</t>
   </si>
   <si>
     <t>Kurzeme</t>
   </si>
   <si>
     <t>SIA Andas Mellenbergas ārsta prakse</t>
   </si>
   <si>
@@ -170,53 +174,50 @@
   <si>
     <t>Cietokšņa iela 46, Daugavpils, LV5401</t>
   </si>
   <si>
     <t>Grjaznihas Ludmilas ģimenes ārstes prakse</t>
   </si>
   <si>
     <t>Raipoles iela 10a, Daugavpils, LV5401</t>
   </si>
   <si>
     <t>Grotkeres Ivetas ģimenes ārstes prakse</t>
   </si>
   <si>
     <t>Jefremkina Alekseja ģimenes ārsta prakse</t>
   </si>
   <si>
     <t>Viestura iela 2, Daugavpils,LV5401</t>
   </si>
   <si>
     <t>Jerofejevas Jeļenas ģimenes ārstes prakse</t>
   </si>
   <si>
     <t>Viestura iela 5, Daugavpils, LV5401</t>
   </si>
   <si>
-    <t>Juškeviča Jura ģimenes ārsta prakse</t>
-[...1 lines deleted...]
-  <si>
     <t>Rīgas iela 159, Krāslava, Krāslavas novads, LV5601</t>
   </si>
   <si>
     <t>Krāslava</t>
   </si>
   <si>
     <t>Kameņecka Miroslava ģimenes ārsta prakse</t>
   </si>
   <si>
     <t>Viestura iela 5 - 213, Daugavpils, LV5401</t>
   </si>
   <si>
     <t>Lioznovas Svetlanas ģimenes ārstes prakse</t>
   </si>
   <si>
     <t>Raiņa bulvāris 13, Preiļi, Preiļu novads, LV5301</t>
   </si>
   <si>
     <t>Preiļi</t>
   </si>
   <si>
     <t>Ļubovas BaranovskasĢĀP, SIA</t>
   </si>
   <si>
     <t>18.novembra 159-15, Daugavpils, LV-5417, Latvija</t>
@@ -480,105 +481,132 @@
     <t>Alūksne</t>
   </si>
   <si>
     <t>Toča Oskara ārsta prakse neiroloģijā</t>
   </si>
   <si>
     <t>Ziemeles Līgas ģimenes ārstes prakse</t>
   </si>
   <si>
     <t>Raiņa iela 12 - 2, Smiltene, Smiltenes novads, LV4729</t>
   </si>
   <si>
     <t>Smiltene</t>
   </si>
   <si>
     <t>Ilzes Kukutes ģimenes ārstes prakse, SIA</t>
   </si>
   <si>
     <t>Dārza iela 16a, Bauska, LV-3901, Latvija</t>
   </si>
   <si>
     <t>Bauska</t>
   </si>
   <si>
     <t>Zemgale</t>
-  </si>
-[...7 lines deleted...]
-    <t>Pļaviņas</t>
   </si>
   <si>
     <t>Menis Dāvids - ģimenes ārsta prakse</t>
   </si>
   <si>
     <t>18. Novembra iela 17-6, Ludza, Ludzas nov., LV-5701</t>
   </si>
   <si>
     <t>Ludza</t>
   </si>
   <si>
     <t>Prakses nosaukums</t>
   </si>
   <si>
     <r>
       <t>Minčenko Valerians</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">- </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>ģimenes ārsta prakse</t>
     </r>
   </si>
   <si>
-    <t>Šatilova Nadežda</t>
+    <t>Krustiņa Dace ģimenes ārsta un arodveselības un arodslimību ārsta prakse</t>
+  </si>
+  <si>
+    <t>Ciršas Aijas ģimenes ārstes prakse</t>
+  </si>
+  <si>
+    <t xml:space="preserve">"Dzirnas", Valle, Valles pagasts, Bauskas novads, LV5106 </t>
+  </si>
+  <si>
+    <t>Lucenko Anatolija ārsta prakse, SIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eduarda Veidenbauma iela 11, Liepāja, LV3401 </t>
+  </si>
+  <si>
+    <t>Bērziņa Anita ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Grišāne Ingrīda ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Simonova Irina - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Putriņa Līga ģimenes ārsta un pediatra prakse</t>
+  </si>
+  <si>
+    <t>Sidorenko Natālijas ģimenes ārstes prakse</t>
+  </si>
+  <si>
+    <t>Orlova Nelija - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>18.novembra 41, Rēzekne, LV-4601, Latvija</t>
+  </si>
+  <si>
+    <t>Sidorovs Viktors ģimenes ārsta prakse</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
@@ -706,51 +734,51 @@
     <xf numFmtId="49" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -987,76 +1015,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dvs.iem.gov.lv/Portal/Contacts/Organization/Organization?OrganizationId=262851" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dvs.iem.gov.lv/Portal/Contacts/Organization/Organization?OrganizationId=262804" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dvs.iem.gov.lv/Portal/Contacts/Organization/Organization?OrganizationId=262772" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9921438-70D2-410A-A78D-6B4E5C7422EA}">
   <sheetPr>
     <tabColor theme="9" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:BC2363"/>
+  <dimension ref="A1:BC2359"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D92" sqref="D92"/>
+    <sheetView tabSelected="1" topLeftCell="A64" workbookViewId="0">
+      <selection activeCell="J71" sqref="J71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="30.5703125" customWidth="1"/>
     <col min="3" max="3" width="44.28515625" customWidth="1"/>
-    <col min="4" max="4" width="13.42578125" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="16.140625" style="17" customWidth="1"/>
     <col min="5" max="5" width="21.5703125" style="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:55" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3">
         <v>1</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="6" t="s">
@@ -1158,65 +1186,65 @@
       <c r="AF3"/>
       <c r="AG3"/>
       <c r="AH3"/>
       <c r="AI3"/>
       <c r="AJ3"/>
       <c r="AK3"/>
       <c r="AL3"/>
       <c r="AM3"/>
       <c r="AN3"/>
       <c r="AO3"/>
       <c r="AP3"/>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3"/>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3"/>
       <c r="BA3"/>
       <c r="BB3"/>
       <c r="BC3"/>
     </row>
-    <row r="4" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3">
         <v>3</v>
       </c>
-      <c r="B4" s="4" t="s">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B4" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>156</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>6</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
@@ -1230,57 +1258,57 @@
       <c r="AK4"/>
       <c r="AL4"/>
       <c r="AM4"/>
       <c r="AN4"/>
       <c r="AO4"/>
       <c r="AP4"/>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4"/>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4"/>
       <c r="BA4"/>
       <c r="BB4"/>
       <c r="BC4"/>
     </row>
     <row r="5" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>4</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
       <c r="Y5"/>
       <c r="Z5"/>
@@ -1297,57 +1325,57 @@
       <c r="AK5"/>
       <c r="AL5"/>
       <c r="AM5"/>
       <c r="AN5"/>
       <c r="AO5"/>
       <c r="AP5"/>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5"/>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5"/>
       <c r="BA5"/>
       <c r="BB5"/>
       <c r="BC5"/>
     </row>
     <row r="6" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>5</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6"/>
       <c r="Z6"/>
@@ -1364,57 +1392,57 @@
       <c r="AK6"/>
       <c r="AL6"/>
       <c r="AM6"/>
       <c r="AN6"/>
       <c r="AO6"/>
       <c r="AP6"/>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6"/>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6"/>
       <c r="BA6"/>
       <c r="BB6"/>
       <c r="BC6"/>
     </row>
     <row r="7" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>6</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
@@ -1431,57 +1459,57 @@
       <c r="AK7"/>
       <c r="AL7"/>
       <c r="AM7"/>
       <c r="AN7"/>
       <c r="AO7"/>
       <c r="AP7"/>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7"/>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7"/>
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7"/>
       <c r="BA7"/>
       <c r="BB7"/>
       <c r="BC7"/>
     </row>
     <row r="8" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>7</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
@@ -1498,57 +1526,57 @@
       <c r="AK8"/>
       <c r="AL8"/>
       <c r="AM8"/>
       <c r="AN8"/>
       <c r="AO8"/>
       <c r="AP8"/>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8"/>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8"/>
       <c r="BA8"/>
       <c r="BB8"/>
       <c r="BC8"/>
     </row>
     <row r="9" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>8</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
@@ -1565,57 +1593,57 @@
       <c r="AK9"/>
       <c r="AL9"/>
       <c r="AM9"/>
       <c r="AN9"/>
       <c r="AO9"/>
       <c r="AP9"/>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9"/>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9"/>
       <c r="BA9"/>
       <c r="BB9"/>
       <c r="BC9"/>
     </row>
     <row r="10" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>9</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
@@ -1632,57 +1660,57 @@
       <c r="AK10"/>
       <c r="AL10"/>
       <c r="AM10"/>
       <c r="AN10"/>
       <c r="AO10"/>
       <c r="AP10"/>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10"/>
       <c r="BA10"/>
       <c r="BB10"/>
       <c r="BC10"/>
     </row>
     <row r="11" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>10</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
@@ -1699,57 +1727,57 @@
       <c r="AK11"/>
       <c r="AL11"/>
       <c r="AM11"/>
       <c r="AN11"/>
       <c r="AO11"/>
       <c r="AP11"/>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11"/>
       <c r="BA11"/>
       <c r="BB11"/>
       <c r="BC11"/>
     </row>
     <row r="12" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>11</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="D12" s="6" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
@@ -1766,57 +1794,57 @@
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12"/>
       <c r="BA12"/>
       <c r="BB12"/>
       <c r="BC12"/>
     </row>
     <row r="13" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>12</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
       <c r="Z13"/>
@@ -1833,74 +1861,74 @@
       <c r="AK13"/>
       <c r="AL13"/>
       <c r="AM13"/>
       <c r="AN13"/>
       <c r="AO13"/>
       <c r="AP13"/>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13"/>
       <c r="BA13"/>
       <c r="BB13"/>
       <c r="BC13"/>
     </row>
     <row r="14" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>13</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>14</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
@@ -1916,58 +1944,58 @@
       <c r="AJ15"/>
       <c r="AK15"/>
       <c r="AL15"/>
       <c r="AM15"/>
       <c r="AN15"/>
       <c r="AO15"/>
       <c r="AP15"/>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15"/>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15"/>
       <c r="BA15"/>
       <c r="BB15"/>
       <c r="BC15"/>
     </row>
     <row r="16" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>15</v>
       </c>
-      <c r="B16" s="11" t="s">
-        <v>40</v>
+      <c r="B16" s="4" t="s">
+        <v>39</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
@@ -1983,55 +2011,55 @@
       <c r="AJ16"/>
       <c r="AK16"/>
       <c r="AL16"/>
       <c r="AM16"/>
       <c r="AN16"/>
       <c r="AO16"/>
       <c r="AP16"/>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16"/>
       <c r="BA16"/>
       <c r="BB16"/>
       <c r="BC16"/>
     </row>
     <row r="17" spans="1:55" s="12" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>16</v>
       </c>
-      <c r="B17" s="4" t="s">
-        <v>42</v>
+      <c r="B17" s="11" t="s">
+        <v>40</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17"/>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17"/>
@@ -2051,57 +2079,57 @@
       <c r="AK17"/>
       <c r="AL17"/>
       <c r="AM17"/>
       <c r="AN17"/>
       <c r="AO17"/>
       <c r="AP17"/>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17"/>
       <c r="BA17"/>
       <c r="BB17"/>
       <c r="BC17"/>
     </row>
     <row r="18" spans="1:55" s="12" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>17</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
       <c r="V18"/>
       <c r="W18"/>
       <c r="X18"/>
       <c r="Y18"/>
       <c r="Z18"/>
@@ -2118,54 +2146,54 @@
       <c r="AK18"/>
       <c r="AL18"/>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18"/>
       <c r="AP18"/>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18"/>
       <c r="BA18"/>
       <c r="BB18"/>
       <c r="BC18"/>
     </row>
     <row r="19" spans="1:55" s="12" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>18</v>
       </c>
       <c r="B19" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C19" s="5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19"/>
       <c r="W19"/>
@@ -2185,57 +2213,57 @@
       <c r="AK19"/>
       <c r="AL19"/>
       <c r="AM19"/>
       <c r="AN19"/>
       <c r="AO19"/>
       <c r="AP19"/>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19"/>
       <c r="AY19"/>
       <c r="AZ19"/>
       <c r="BA19"/>
       <c r="BB19"/>
       <c r="BC19"/>
     </row>
     <row r="20" spans="1:55" s="12" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>19</v>
       </c>
       <c r="B20" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C20" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C20" s="5" t="s">
+      <c r="D20" s="6" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
@@ -2252,54 +2280,54 @@
       <c r="AK20"/>
       <c r="AL20"/>
       <c r="AM20"/>
       <c r="AN20"/>
       <c r="AO20"/>
       <c r="AP20"/>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20"/>
       <c r="AY20"/>
       <c r="AZ20"/>
       <c r="BA20"/>
       <c r="BB20"/>
       <c r="BC20"/>
     </row>
     <row r="21" spans="1:55" s="12" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>20</v>
       </c>
       <c r="B21" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="9" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D21" s="10" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>13</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21"/>
       <c r="V21"/>
       <c r="W21"/>
@@ -2314,56 +2342,56 @@
       <c r="AF21"/>
       <c r="AG21"/>
       <c r="AH21"/>
       <c r="AI21"/>
       <c r="AJ21"/>
       <c r="AK21"/>
       <c r="AL21"/>
       <c r="AM21"/>
       <c r="AN21"/>
       <c r="AO21"/>
       <c r="AP21"/>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21"/>
       <c r="AY21"/>
       <c r="AZ21"/>
       <c r="BA21"/>
       <c r="BB21"/>
       <c r="BC21"/>
     </row>
-    <row r="22" spans="1:55" s="12" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>21</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22"/>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
@@ -2386,54 +2414,54 @@
       <c r="AK22"/>
       <c r="AL22"/>
       <c r="AM22"/>
       <c r="AN22"/>
       <c r="AO22"/>
       <c r="AP22"/>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22"/>
       <c r="BA22"/>
       <c r="BB22"/>
       <c r="BC22"/>
     </row>
     <row r="23" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>22</v>
       </c>
       <c r="B23" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="5" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
@@ -2453,57 +2481,57 @@
       <c r="AK23"/>
       <c r="AL23"/>
       <c r="AM23"/>
       <c r="AN23"/>
       <c r="AO23"/>
       <c r="AP23"/>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23"/>
       <c r="AY23"/>
       <c r="AZ23"/>
       <c r="BA23"/>
       <c r="BB23"/>
       <c r="BC23"/>
     </row>
     <row r="24" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>23</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C24" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D24" s="6" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
@@ -2520,57 +2548,57 @@
       <c r="AK24"/>
       <c r="AL24"/>
       <c r="AM24"/>
       <c r="AN24"/>
       <c r="AO24"/>
       <c r="AP24"/>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24"/>
       <c r="AY24"/>
       <c r="AZ24"/>
       <c r="BA24"/>
       <c r="BB24"/>
       <c r="BC24"/>
     </row>
     <row r="25" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>24</v>
       </c>
       <c r="B25" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C25" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="C25" s="5" t="s">
+      <c r="D25" s="6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
@@ -2587,51 +2615,51 @@
       <c r="AK25"/>
       <c r="AL25"/>
       <c r="AM25"/>
       <c r="AN25"/>
       <c r="AO25"/>
       <c r="AP25"/>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25"/>
       <c r="AY25"/>
       <c r="AZ25"/>
       <c r="BA25"/>
       <c r="BB25"/>
       <c r="BC25"/>
     </row>
     <row r="26" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>25</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26"/>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
@@ -2654,54 +2682,54 @@
       <c r="AK26"/>
       <c r="AL26"/>
       <c r="AM26"/>
       <c r="AN26"/>
       <c r="AO26"/>
       <c r="AP26"/>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26"/>
       <c r="AY26"/>
       <c r="AZ26"/>
       <c r="BA26"/>
       <c r="BB26"/>
       <c r="BC26"/>
     </row>
     <row r="27" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>26</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27"/>
       <c r="I27"/>
       <c r="J27"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
@@ -2721,51 +2749,51 @@
       <c r="AK27"/>
       <c r="AL27"/>
       <c r="AM27"/>
       <c r="AN27"/>
       <c r="AO27"/>
       <c r="AP27"/>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27"/>
       <c r="AY27"/>
       <c r="AZ27"/>
       <c r="BA27"/>
       <c r="BB27"/>
       <c r="BC27"/>
     </row>
     <row r="28" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>27</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
@@ -2788,54 +2816,54 @@
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28"/>
       <c r="AY28"/>
       <c r="AZ28"/>
       <c r="BA28"/>
       <c r="BB28"/>
       <c r="BC28"/>
     </row>
     <row r="29" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3">
         <v>28</v>
       </c>
       <c r="B29" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29" s="5" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
@@ -2855,54 +2883,54 @@
       <c r="AK29"/>
       <c r="AL29"/>
       <c r="AM29"/>
       <c r="AN29"/>
       <c r="AO29"/>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29"/>
       <c r="AY29"/>
       <c r="AZ29"/>
       <c r="BA29"/>
       <c r="BB29"/>
       <c r="BC29"/>
     </row>
     <row r="30" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3">
         <v>29</v>
       </c>
       <c r="B30" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="5" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30"/>
       <c r="I30"/>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
@@ -2922,57 +2950,57 @@
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
       <c r="AN30"/>
       <c r="AO30"/>
       <c r="AP30"/>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30"/>
       <c r="AY30"/>
       <c r="AZ30"/>
       <c r="BA30"/>
       <c r="BB30"/>
       <c r="BC30"/>
     </row>
     <row r="31" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="3">
         <v>30</v>
       </c>
       <c r="B31" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="C31" s="5" t="s">
+      <c r="D31" s="6" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
@@ -2989,51 +3017,51 @@
       <c r="AK31"/>
       <c r="AL31"/>
       <c r="AM31"/>
       <c r="AN31"/>
       <c r="AO31"/>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31"/>
       <c r="AY31"/>
       <c r="AZ31"/>
       <c r="BA31"/>
       <c r="BB31"/>
       <c r="BC31"/>
     </row>
     <row r="32" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3">
         <v>31</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
@@ -3056,54 +3084,54 @@
       <c r="AK32"/>
       <c r="AL32"/>
       <c r="AM32"/>
       <c r="AN32"/>
       <c r="AO32"/>
       <c r="AP32"/>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32"/>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32"/>
       <c r="AY32"/>
       <c r="AZ32"/>
       <c r="BA32"/>
       <c r="BB32"/>
       <c r="BC32"/>
     </row>
     <row r="33" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>32</v>
       </c>
       <c r="B33" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33" s="6" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33"/>
@@ -3123,57 +3151,57 @@
       <c r="AK33"/>
       <c r="AL33"/>
       <c r="AM33"/>
       <c r="AN33"/>
       <c r="AO33"/>
       <c r="AP33"/>
       <c r="AQ33"/>
       <c r="AR33"/>
       <c r="AS33"/>
       <c r="AT33"/>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33"/>
       <c r="AY33"/>
       <c r="AZ33"/>
       <c r="BA33"/>
       <c r="BB33"/>
       <c r="BC33"/>
     </row>
     <row r="34" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3">
         <v>33</v>
       </c>
       <c r="B34" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C34" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="C34" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34"/>
       <c r="I34"/>
       <c r="J34"/>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34"/>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
@@ -3190,54 +3218,54 @@
       <c r="AK34"/>
       <c r="AL34"/>
       <c r="AM34"/>
       <c r="AN34"/>
       <c r="AO34"/>
       <c r="AP34"/>
       <c r="AQ34"/>
       <c r="AR34"/>
       <c r="AS34"/>
       <c r="AT34"/>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34"/>
       <c r="AX34"/>
       <c r="AY34"/>
       <c r="AZ34"/>
       <c r="BA34"/>
       <c r="BB34"/>
       <c r="BC34"/>
     </row>
     <row r="35" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
         <v>34</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35"/>
       <c r="I35"/>
       <c r="J35"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35"/>
@@ -3257,57 +3285,57 @@
       <c r="AK35"/>
       <c r="AL35"/>
       <c r="AM35"/>
       <c r="AN35"/>
       <c r="AO35"/>
       <c r="AP35"/>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35"/>
       <c r="AY35"/>
       <c r="AZ35"/>
       <c r="BA35"/>
       <c r="BB35"/>
       <c r="BC35"/>
     </row>
     <row r="36" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>35</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D36" s="6" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
@@ -3324,54 +3352,54 @@
       <c r="AK36"/>
       <c r="AL36"/>
       <c r="AM36"/>
       <c r="AN36"/>
       <c r="AO36"/>
       <c r="AP36"/>
       <c r="AQ36"/>
       <c r="AR36"/>
       <c r="AS36"/>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36"/>
       <c r="AY36"/>
       <c r="AZ36"/>
       <c r="BA36"/>
       <c r="BB36"/>
       <c r="BC36"/>
     </row>
     <row r="37" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>36</v>
       </c>
       <c r="B37" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C37" s="5" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
@@ -3391,57 +3419,57 @@
       <c r="AK37"/>
       <c r="AL37"/>
       <c r="AM37"/>
       <c r="AN37"/>
       <c r="AO37"/>
       <c r="AP37"/>
       <c r="AQ37"/>
       <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37"/>
       <c r="AY37"/>
       <c r="AZ37"/>
       <c r="BA37"/>
       <c r="BB37"/>
       <c r="BC37"/>
     </row>
     <row r="38" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3">
         <v>37</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
       <c r="I38"/>
       <c r="J38"/>
       <c r="K38"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38"/>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
@@ -3458,57 +3486,57 @@
       <c r="AK38"/>
       <c r="AL38"/>
       <c r="AM38"/>
       <c r="AN38"/>
       <c r="AO38"/>
       <c r="AP38"/>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38"/>
       <c r="AY38"/>
       <c r="AZ38"/>
       <c r="BA38"/>
       <c r="BB38"/>
       <c r="BC38"/>
     </row>
     <row r="39" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3">
         <v>38</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
@@ -3525,1031 +3553,973 @@
       <c r="AK39"/>
       <c r="AL39"/>
       <c r="AM39"/>
       <c r="AN39"/>
       <c r="AO39"/>
       <c r="AP39"/>
       <c r="AQ39"/>
       <c r="AR39"/>
       <c r="AS39"/>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39"/>
       <c r="AY39"/>
       <c r="AZ39"/>
       <c r="BA39"/>
       <c r="BB39"/>
       <c r="BC39"/>
     </row>
     <row r="40" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="3">
         <v>39</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
       <c r="AB40"/>
-      <c r="AC40"/>
-[...25 lines deleted...]
-      <c r="BC40"/>
     </row>
     <row r="41" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3">
         <v>40</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41"/>
       <c r="I41"/>
       <c r="J41"/>
       <c r="K41"/>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
       <c r="O41"/>
       <c r="P41"/>
       <c r="Q41"/>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41"/>
       <c r="V41"/>
       <c r="W41"/>
       <c r="X41"/>
       <c r="Y41"/>
       <c r="Z41"/>
       <c r="AA41"/>
       <c r="AB41"/>
-      <c r="AC41"/>
-[...25 lines deleted...]
-      <c r="BC41"/>
     </row>
     <row r="42" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="3">
         <v>41</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42"/>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
       <c r="Z42"/>
       <c r="AA42"/>
       <c r="AB42"/>
     </row>
     <row r="43" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="3">
         <v>42</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43"/>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43"/>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43"/>
       <c r="V43"/>
       <c r="W43"/>
       <c r="X43"/>
       <c r="Y43"/>
       <c r="Z43"/>
       <c r="AA43"/>
       <c r="AB43"/>
     </row>
     <row r="44" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="3">
         <v>43</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44"/>
       <c r="V44"/>
       <c r="W44"/>
       <c r="X44"/>
       <c r="Y44"/>
       <c r="Z44"/>
       <c r="AA44"/>
       <c r="AB44"/>
     </row>
     <row r="45" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="3">
         <v>44</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45"/>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45"/>
       <c r="V45"/>
       <c r="W45"/>
       <c r="X45"/>
       <c r="Y45"/>
       <c r="Z45"/>
       <c r="AA45"/>
       <c r="AB45"/>
     </row>
     <row r="46" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="3">
         <v>45</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46"/>
       <c r="K46"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46"/>
       <c r="Q46"/>
       <c r="R46"/>
       <c r="S46"/>
       <c r="T46"/>
       <c r="U46"/>
       <c r="V46"/>
       <c r="W46"/>
       <c r="X46"/>
       <c r="Y46"/>
       <c r="Z46"/>
       <c r="AA46"/>
       <c r="AB46"/>
     </row>
     <row r="47" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="3">
         <v>46</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47"/>
       <c r="I47"/>
       <c r="J47"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47"/>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47"/>
       <c r="V47"/>
       <c r="W47"/>
       <c r="X47"/>
       <c r="Y47"/>
       <c r="Z47"/>
       <c r="AA47"/>
       <c r="AB47"/>
     </row>
     <row r="48" spans="1:55" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="3">
         <v>47</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48"/>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48"/>
       <c r="V48"/>
       <c r="W48"/>
       <c r="X48"/>
       <c r="Y48"/>
       <c r="Z48"/>
       <c r="AA48"/>
       <c r="AB48"/>
     </row>
     <row r="49" spans="1:28" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="3">
         <v>48</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>97</v>
+        <v>147</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>27</v>
+        <v>148</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>28</v>
+        <v>149</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49"/>
       <c r="I49"/>
       <c r="J49"/>
       <c r="K49"/>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49"/>
       <c r="O49"/>
       <c r="P49"/>
       <c r="Q49"/>
       <c r="R49"/>
       <c r="S49"/>
       <c r="T49"/>
       <c r="U49"/>
       <c r="V49"/>
       <c r="W49"/>
       <c r="X49"/>
       <c r="Y49"/>
       <c r="Z49"/>
       <c r="AA49"/>
       <c r="AB49"/>
     </row>
-    <row r="50" spans="1:28" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:28" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>49</v>
       </c>
-      <c r="B50" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D50" s="6" t="s">
+      <c r="B50" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D50" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="E50" s="6" t="s">
+      <c r="E50" s="10" t="s">
         <v>13</v>
       </c>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50"/>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50"/>
       <c r="V50"/>
       <c r="W50"/>
       <c r="X50"/>
       <c r="Y50"/>
       <c r="Z50"/>
       <c r="AA50"/>
       <c r="AB50"/>
     </row>
-    <row r="51" spans="1:28" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:28" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
-        <v>70</v>
-[...10 lines deleted...]
-      <c r="E51" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B51" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E51" s="10" t="s">
         <v>13</v>
       </c>
       <c r="F51"/>
       <c r="G51"/>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51"/>
       <c r="K51"/>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51"/>
       <c r="Q51"/>
       <c r="R51"/>
       <c r="S51"/>
       <c r="T51"/>
       <c r="U51"/>
       <c r="V51"/>
       <c r="W51"/>
       <c r="X51"/>
       <c r="Y51"/>
       <c r="Z51"/>
       <c r="AA51"/>
       <c r="AB51"/>
     </row>
-    <row r="52" spans="1:28" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:28" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
-        <v>50</v>
-[...11 lines deleted...]
-        <v>101</v>
+        <v>51</v>
+      </c>
+      <c r="B52" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="C52" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E52" s="10" t="s">
+        <v>13</v>
       </c>
       <c r="F52"/>
       <c r="G52"/>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52"/>
       <c r="R52"/>
       <c r="S52"/>
       <c r="T52"/>
       <c r="U52"/>
       <c r="V52"/>
       <c r="W52"/>
       <c r="X52"/>
       <c r="Y52"/>
       <c r="Z52"/>
       <c r="AA52"/>
       <c r="AB52"/>
     </row>
-    <row r="53" spans="1:28" s="7" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="B53" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B53" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="C53" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E53" s="10" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="54" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="3">
+        <v>53</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="55" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="3">
+        <v>54</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C55" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="C53" s="5" t="s">
+      <c r="D55" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="D53" s="6" t="s">
+      <c r="E55" s="6" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="56" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="3">
+        <v>55</v>
+      </c>
+      <c r="B56" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="E53" s="6" t="s">
-[...30 lines deleted...]
-      <c r="B54" s="8" t="s">
+      <c r="C56" s="9" t="s">
         <v>105</v>
       </c>
-      <c r="C54" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D54" s="10" t="s">
+      <c r="D56" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="E56" s="10" t="s">
         <v>100</v>
-      </c>
-[...81 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="57" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="3">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="3">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="59" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="3">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>110</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>111</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="3">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+        <v>100</v>
+      </c>
+      <c r="F60" s="14"/>
+    </row>
+    <row r="61" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>116</v>
+      </c>
+      <c r="C61" s="13" t="s">
+        <v>117</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="62" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="3">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="63" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="3">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F63" s="14"/>
+        <v>119</v>
+      </c>
     </row>
     <row r="64" spans="1:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="3">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="3">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="3">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D66" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="D66" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="3">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B67" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A68" s="3">
+        <v>67</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A69" s="3">
+        <v>68</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="C69" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="C67" s="5" t="s">
+      <c r="D69" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="D67" s="6" t="s">
+      <c r="E69" s="6" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A70" s="3">
+        <v>69</v>
+      </c>
+      <c r="B70" s="4" t="s">
         <v>139</v>
       </c>
-      <c r="E67" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B68" s="4" t="s">
+      <c r="C70" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A71" s="3">
+        <v>70</v>
+      </c>
+      <c r="B71" s="4" t="s">
         <v>140</v>
       </c>
-      <c r="C68" s="5" t="s">
-[...13 lines deleted...]
-      <c r="B69" s="4" t="s">
+      <c r="C71" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="C69" s="5" t="s">
+      <c r="D71" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="D69" s="6" t="s">
+      <c r="E71" s="6" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A72" s="3">
+        <v>71</v>
+      </c>
+      <c r="B72" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="C72" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="E72" s="10" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A73" s="3">
+        <v>72</v>
+      </c>
+      <c r="B73" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="C73" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="D73" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="E73" s="10" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A74" s="3">
+        <v>73</v>
+      </c>
+      <c r="B74" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="E74" s="10" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A75" s="3">
+        <v>74</v>
+      </c>
+      <c r="B75" s="8" t="s">
         <v>143</v>
       </c>
-      <c r="E69" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B70" s="8" t="s">
+      <c r="C75" s="9" t="s">
         <v>144</v>
       </c>
-      <c r="C70" s="9" t="s">
+      <c r="D75" s="10" t="s">
         <v>145</v>
       </c>
-      <c r="D70" s="10" t="s">
+      <c r="E75" s="10" t="s">
         <v>146</v>
       </c>
-      <c r="E70" s="10" t="s">
-[...38 lines deleted...]
-      <c r="E76"/>
+    </row>
+    <row r="76" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A76" s="3">
+        <v>75</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="C76" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D76" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>146</v>
+      </c>
     </row>
     <row r="77" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D77"/>
       <c r="E77"/>
     </row>
     <row r="78" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D78"/>
       <c r="E78"/>
     </row>
     <row r="79" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D79"/>
       <c r="E79"/>
     </row>
     <row r="80" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D80"/>
       <c r="E80"/>
     </row>
     <row r="81" spans="4:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D81"/>
       <c r="E81"/>
     </row>
     <row r="82" spans="4:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D82"/>
       <c r="E82"/>
     </row>
@@ -13599,127 +13569,117 @@
     </row>
     <row r="2344" spans="4:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D2344"/>
       <c r="E2344"/>
     </row>
     <row r="2345" spans="4:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D2345"/>
       <c r="E2345"/>
     </row>
     <row r="2346" spans="4:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D2346"/>
       <c r="E2346"/>
     </row>
     <row r="2347" spans="4:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D2347"/>
       <c r="E2347"/>
     </row>
     <row r="2348" spans="4:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D2348"/>
       <c r="E2348"/>
     </row>
     <row r="2349" spans="4:5" ht="15" x14ac:dyDescent="0.25">
       <c r="D2349"/>
       <c r="E2349"/>
     </row>
-    <row r="2350" spans="4:5" ht="15" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="E2353"/>
+    <row r="2350" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D2350" s="15"/>
+      <c r="E2350" s="15"/>
+    </row>
+    <row r="2351" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D2351" s="15"/>
+      <c r="E2351" s="15"/>
+    </row>
+    <row r="2352" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D2352" s="15"/>
+      <c r="E2352" s="15"/>
+    </row>
+    <row r="2353" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D2353" s="15"/>
+      <c r="E2353" s="15"/>
     </row>
     <row r="2354" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D2354" s="15"/>
       <c r="E2354" s="15"/>
     </row>
     <row r="2355" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D2355" s="15"/>
       <c r="E2355" s="15"/>
     </row>
     <row r="2356" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D2356" s="15"/>
       <c r="E2356" s="15"/>
     </row>
     <row r="2357" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D2357" s="15"/>
       <c r="E2357" s="15"/>
     </row>
     <row r="2358" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D2358" s="15"/>
       <c r="E2358" s="15"/>
     </row>
     <row r="2359" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D2359" s="15"/>
       <c r="E2359" s="15"/>
     </row>
-    <row r="2360" spans="4:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:E71"/>
-[...2 lines deleted...]
-  </sortState>
+  <autoFilter ref="A1:E76" xr:uid="{00000000-0009-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E76">
+      <sortCondition ref="E2:E76"/>
+    </sortState>
+  </autoFilter>
+  <hyperlinks>
+    <hyperlink ref="B50" r:id="rId1" display="https://dvs.iem.gov.lv/Portal/Contacts/Organization/Organization?OrganizationId=262772" xr:uid="{B812B589-DCB3-4ADB-9470-2C38F0E9AC17}"/>
+    <hyperlink ref="B74" r:id="rId2" display="https://dvs.iem.gov.lv/Portal/Contacts/Organization/Organization?OrganizationId=262804" xr:uid="{B62E9DFE-A895-429E-8931-6BB4E2B5D451}"/>
+    <hyperlink ref="B53" r:id="rId3" display="https://dvs.iem.gov.lv/Portal/Contacts/Organization/Organization?OrganizationId=262851" xr:uid="{4C2AEF72-D45D-4025-9831-02F95F3D33EB}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>ĢĀP_majaslapai</vt:lpstr>
+      <vt:lpstr>ĢĀP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Zinta Kurme</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>