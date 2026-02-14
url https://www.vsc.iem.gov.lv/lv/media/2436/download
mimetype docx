--- v0 (2025-10-26)
+++ v1 (2026-02-14)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="4CEE0C4A" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="005A0B9F" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A0B9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Iekšlietu ministrijas </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CEE0C4B" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="005A0B9F" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -865,88 +865,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Lūdzu kompensēt man veselības aprūpes pakalpojumu izmaksas. Veselības aprūpes pakalpojumu izmaksu kompensācijai pievienoju maksājumus apliecinošos dokumentus par saņemtajiem pakalpojumiem:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CEE0C6E" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CEE0C6F" w14:textId="5A8F443B" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
+    <w:p w14:paraId="4CEE0C6F" w14:textId="4C45EC9F" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00591CD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007B65A8">
+      <w:r w:rsidR="00B53EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>gadā __________ čekus/kvītis Nr._______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CEE0C70" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
@@ -1106,91 +1106,89 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ja ir – nosūtījuma, izraksta, receptes kopija un citi apliecinoši dokumenti)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CEE0C74" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="4CEE0C75" w14:textId="46003F53" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
+    <w:p w14:paraId="4CEE0C75" w14:textId="7E94D2A2" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00591CD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007B65A8">
+      <w:r w:rsidR="00B53EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00B635E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>gadā __________ čekus/kvītis Nr._______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CEE0C76" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
@@ -2380,103 +2378,103 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Informācija par personas datu apstrādi. </w:t>
       </w:r>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Pārzinis: Iekšlietu ministrijas veselības un sporta centrs. Mērķis: apmaksāt un kompensēt Iekšlietu ministrijas sistēmas iestāžu un Ieslodzījuma vietu pārvaldes amatpersonām ar speciālajām dienesta pakāpēm veselības aprūpes pakalpojumus. Informācija vietnē: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="000A3D70">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>http://vsc.iem.gov.lv/fizisko-personu-datu-apstrade/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CEE0CA2" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="10620"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CEE0CA3" w14:textId="28F77787" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
+    <w:p w14:paraId="4CEE0CA3" w14:textId="6E012F1C" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="10620"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Rīgā, 20</w:t>
       </w:r>
       <w:r w:rsidR="009D6305">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007B45FE">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00B53EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00632BD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.gada____</w:t>
       </w:r>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
       <w:r w:rsidRPr="000A3D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Iesniedzēja paraksts_________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CEE0CA4" w14:textId="6C1C0E28" w:rsidR="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
@@ -2723,140 +2721,140 @@
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CEE0CAF" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="7230"/>
                 <w:tab w:val="left" w:pos="10620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEE0CB0" w14:textId="70CAE1C1" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="00395FE5">
+          <w:p w14:paraId="4CEE0CB0" w14:textId="4A90066A" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="00395FE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="7230"/>
                 <w:tab w:val="left" w:pos="10620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A3D70">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00591CD1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="007B45FE">
+            <w:r w:rsidR="00B53EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3D70">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.gads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEE0CB1" w14:textId="76FDE0B7" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="00395FE5">
+          <w:p w14:paraId="4CEE0CB1" w14:textId="150026F6" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="00395FE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="7230"/>
                 <w:tab w:val="left" w:pos="10620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A3D70">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00B635E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="007B45FE">
+            <w:r w:rsidR="00B53EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3D70">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.gads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CEE0CB2" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="7230"/>
                 <w:tab w:val="left" w:pos="10620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3513,104 +3511,86 @@
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Ministru kabineta 2010. gada 21. jūnija noteikumu Nr.569 „Kārtība, kādā Iekšlietu ministrijas sistēmas iestāžu un Ieslodzījuma vietu pārvaldes amatpersona ar speciālo dienesta pakāpi saņem apmaksātus veselības aprūpes pakalpojumus” punkti.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4CEE0CFC" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-5.25pt;margin-top:1.9pt;width:267.1pt;height:57.5pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaY2ZyzAIAAK4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNFu0zAUfUfiHyy/d0matOmipVPXtQhp&#10;wMRAPLu201g4drDdJgPx71w7bdcxHhAikSLf+Pr4nuPje3XdNxLtubFCqxInFzFGXFHNhNqW+POn&#10;9WiGkXVEMSK14iV+5BZfz1+/uurago91rSXjBgGIskXXlrh2ri2iyNKaN8Re6JYrmKy0aYiD0Gwj&#10;ZkgH6I2MxnE8jTptWGs05dbC39thEs8DflVx6j5UleUOyRJDbS58Tfhu/DeaX5Fia0hbC3oog/xD&#10;FQ0RCjY9Qd0SR9DOiBdQjaBGW125C6qbSFeVoDxwADZJ/Bubh5q0PHABcWx7ksn+P1j6fn9vkGAl&#10;TjFSpIEj+giiEbWVHKVenq61BWQ9tPfGE7TtnaZfLVJ6WUMWXxiju5oTBkUlPj96tsAHFpaiTfdO&#10;M0AnO6eDUn1lGg8IGqA+HMjj6UB47xCFn2l6OU5yODcKc3kax9kkbEGK4+rWWPeG6wb5QYkN1B7Q&#10;yf7OOl8NKY4poXotBVsLKUNgtpulNGhPwBzr8BzQ7XmaVKgDbuM8jgP0s0l7jrGY+PdPGL6GW2Lr&#10;YS8GI59FikY4sL8UTYlnsX+G317PlWIhxREhhzFwkcqv4sHYA0GIegfD8B9kC6b7sVhP4jxLZ6M8&#10;n6SjLF3Fo5vZejlaLJPpNF/dLG9WyU/PJsmKWjDG1Spg2uMdSLK/89jhNg7uPd2CU4G+Kr0Djg81&#10;6xAT/ozSCRwqhgCuoRfVs0ZEbqF/UGcwMtp9Ea4O5veO8BjPZJ5N/XuQ+YQezvps4+gFtyGjB6lA&#10;yaNqwa7eoYPTXb/pQXZv241mj2BcKCe4E5ocDGptvmPUQcMosf22I4ZjJN8qMP9lkmW+w4Qgm+Rj&#10;CMz5zOZ8higKUCV2QD0Ml27oSrvWiG0NOyWBuNILuDCVCF5+qgoo+ACaQiBzaGC+65zHIeupzc5/&#10;AQAA//8DAFBLAwQUAAYACAAAACEAkSuIVd8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvD&#10;QBCF74L/YRnBW7ubhrQhzaaIoiBowerB4zaZJqHZ2ZDdJvHfO57scXgfb76X72bbiREH3zrSEC0V&#10;CKTSVS3VGr4+nxcpCB8MVaZzhBp+0MOuuL3JTVa5iT5wPIRacAn5zGhoQugzKX3ZoDV+6Xokzk5u&#10;sCbwOdSyGszE5baTK6XW0pqW+ENjenxssDwfLlbDehPeT2/qKVGvI05Y0j5++d5rfX83P2xBBJzD&#10;Pwx/+qwOBTsd3YUqLzoNi0gljGqIeQHnySregDgyGKUpyCKX1wuKXwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCaY2ZyzAIAAK4FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCRK4hV3wAAAAkBAAAPAAAAAAAAAAAAAAAAACYFAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAMgYAAAAA&#10;" strokecolor="#a5a5a5" strokeweight="1pt">
+              <v:rect w14:anchorId="4CEE0CFC" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-5.25pt;margin-top:1.9pt;width:267.1pt;height:57.5pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+3baAOQIAAG4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVG2P0zAM/o7Ef4jynbV7Y3fVutO0MYR0&#10;wImDH+Cl6RqRJsHJ1h2/HifddjvgE6KTIju2n9iP7c3vjq1mB4leWVPy4SDnTBphK2V2Jf/2dfPm&#10;hjMfwFSgrZElf5Ke3y1ev5p3rpAj21hdSWQEYnzRuZI3Ibgiy7xoZAt+YJ00ZKwtthBIxV1WIXSE&#10;3upslOdvs85i5dAK6T3drnsjXyT8upYifK5rLwPTJafcQjoxndt4Zos5FDsE1yhxSgP+IYsWlKFH&#10;L1BrCMD2qP6AapVA620dBsK2ma1rJWSqgaoZ5r9V89iAk6kWIse7C03+/8GKT4cHZKoq+ZgzAy21&#10;6AuRBmanJRtHejrnC/J6dA8YC/Tu3orvnhm7ashLLhFt10ioKKlh9M9eBETFUyjbdh9tReiwDzYx&#10;dayxjYDEATumhjxdGiKPgQm6HI9vR8MZ9U2QbTbO88k0PQHFOdqhD++lbVkUSo6Ue0KHw70PMRso&#10;zi4pe6tVtVFaJwV325VGdgAajk36Tuj+2k0b1lFto1meJ+gXRn+NsZzG398wYg5r8E3/VkVS9IKi&#10;VYHGX6u25Dd5/PrryOc7UyWXAEr3MtWiTYySabBPBZ4Z7jsVjtsjhcXLra2eiHi0/dDTkpLQWPzJ&#10;WUcDX3L/Yw8oOdMfDDXvdjiZxA1JymQ6G5GC15bttQWMIKiSB856cRX6rdo7VLuGXhomsoxdUsNr&#10;lXrxnNVpTGioU4tOCxi35lpPXs9/E4tfAAAA//8DAFBLAwQUAAYACAAAACEAkSuIVd8AAAAJAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBW7ubhrQhzaaIoiBowerB4zaZJqHZ2ZDd&#10;JvHfO57scXgfb76X72bbiREH3zrSEC0VCKTSVS3VGr4+nxcpCB8MVaZzhBp+0MOuuL3JTVa5iT5w&#10;PIRacAn5zGhoQugzKX3ZoDV+6Xokzk5usCbwOdSyGszE5baTK6XW0pqW+ENjenxssDwfLlbDehPe&#10;T2/qKVGvI05Y0j5++d5rfX83P2xBBJzDPwx/+qwOBTsd3YUqLzoNi0gljGqIeQHnySregDgyGKUp&#10;yCKX1wuKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA+3baAOQIAAG4EAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCRK4hV3wAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" strokecolor="#a5a5a5" strokeweight="1pt">
                 <v:stroke dashstyle="dash"/>
                 <v:shadow color="#868686"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="4CEE0D06" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="000A3D70" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="3969"/>
                           <w:tab w:val="left" w:pos="7230"/>
                           <w:tab w:val="left" w:pos="10620"/>
                         </w:tabs>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:bCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000A3D70">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:bCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">* </w:t>
                       </w:r>
                       <w:r w:rsidRPr="000A3D70">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Ministru kabineta 2010. gada 21. jūnija noteikumu Nr.569 „Kārtība, kādā </w:t>
-[...17 lines deleted...]
-                        <w:t xml:space="preserve"> ministrijas sistēmas iestāžu un Ieslodzījuma vietu pārvaldes amatpersona ar speciālo dienesta pakāpi saņem apmaksātus veselības aprūpes pakalpojumus” punkti.</w:t>
+                        <w:t>Ministru kabineta 2010. gada 21. jūnija noteikumu Nr.569 „Kārtība, kādā Iekšlietu ministrijas sistēmas iestāžu un Ieslodzījuma vietu pārvaldes amatpersona ar speciālo dienesta pakāpi saņem apmaksātus veselības aprūpes pakalpojumus” punkti.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00B635E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>SAŅEMTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBAB49E" w14:textId="096274F2" w:rsidR="00B635E3" w:rsidRDefault="00B635E3" w:rsidP="00B635E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6237"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -3680,208 +3660,208 @@
         <w:ind w:left="6237"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Reģ. Nr.28/1.1.1-88/</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B635E3" w:rsidRPr="00B635E3" w:rsidSect="00623ED0">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00C14C04" w14:textId="77777777" w:rsidR="001F766C" w:rsidRDefault="001F766C" w:rsidP="00AB7DC3">
+    <w:p w14:paraId="36D29BCE" w14:textId="77777777" w:rsidR="00885426" w:rsidRDefault="00885426" w:rsidP="00AB7DC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69FF9AB1" w14:textId="77777777" w:rsidR="001F766C" w:rsidRDefault="001F766C" w:rsidP="00AB7DC3">
+    <w:p w14:paraId="24234986" w14:textId="77777777" w:rsidR="00885426" w:rsidRDefault="00885426" w:rsidP="00AB7DC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F4B874A" w14:textId="77777777" w:rsidR="001F766C" w:rsidRDefault="001F766C" w:rsidP="00AB7DC3">
+    <w:p w14:paraId="7433819B" w14:textId="77777777" w:rsidR="00885426" w:rsidRDefault="00885426" w:rsidP="00AB7DC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="615298D8" w14:textId="77777777" w:rsidR="001F766C" w:rsidRDefault="001F766C" w:rsidP="00AB7DC3">
+    <w:p w14:paraId="584B1D14" w14:textId="77777777" w:rsidR="00885426" w:rsidRDefault="00885426" w:rsidP="00AB7DC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2091069437"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4CEE0D02" w14:textId="026C5AF0" w:rsidR="00AB7DC3" w:rsidRDefault="00AB7DC3">
         <w:pPr>
-          <w:pStyle w:val="Header"/>
+          <w:pStyle w:val="Galvene"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00632BD2">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4CEE0D03" w14:textId="77777777" w:rsidR="00AB7DC3" w:rsidRDefault="00AB7DC3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25B00DFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E45AFBD4"/>
     <w:lvl w:ilvl="0" w:tplc="04260011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4267,71 +4247,72 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA64F7"/>
     <w:rsid w:val="0005312D"/>
     <w:rsid w:val="00077B2C"/>
     <w:rsid w:val="00084269"/>
     <w:rsid w:val="00084D04"/>
     <w:rsid w:val="000852DE"/>
     <w:rsid w:val="0009221E"/>
     <w:rsid w:val="000A3D70"/>
     <w:rsid w:val="000A3E24"/>
     <w:rsid w:val="000B11B3"/>
     <w:rsid w:val="000D5775"/>
     <w:rsid w:val="000E1A9F"/>
     <w:rsid w:val="001111E8"/>
     <w:rsid w:val="001238A2"/>
     <w:rsid w:val="001302F6"/>
     <w:rsid w:val="00155C87"/>
     <w:rsid w:val="00184EBB"/>
     <w:rsid w:val="0019309F"/>
     <w:rsid w:val="001F766C"/>
     <w:rsid w:val="00205B58"/>
     <w:rsid w:val="00247C06"/>
     <w:rsid w:val="00251E7F"/>
     <w:rsid w:val="00286033"/>
@@ -4381,80 +4362,82 @@
     <w:rsid w:val="006D3BA2"/>
     <w:rsid w:val="006E245B"/>
     <w:rsid w:val="007300A4"/>
     <w:rsid w:val="007316CE"/>
     <w:rsid w:val="007324FA"/>
     <w:rsid w:val="00746830"/>
     <w:rsid w:val="007802D9"/>
     <w:rsid w:val="007846B9"/>
     <w:rsid w:val="00786A38"/>
     <w:rsid w:val="007930BF"/>
     <w:rsid w:val="007B45FE"/>
     <w:rsid w:val="007B65A8"/>
     <w:rsid w:val="007C02DB"/>
     <w:rsid w:val="007C653A"/>
     <w:rsid w:val="007D4A7D"/>
     <w:rsid w:val="007E3312"/>
     <w:rsid w:val="00810933"/>
     <w:rsid w:val="008323C6"/>
     <w:rsid w:val="00843670"/>
     <w:rsid w:val="008623CC"/>
     <w:rsid w:val="00871F1A"/>
     <w:rsid w:val="0087238C"/>
     <w:rsid w:val="008767E1"/>
     <w:rsid w:val="0088026F"/>
     <w:rsid w:val="0088070B"/>
+    <w:rsid w:val="00885426"/>
     <w:rsid w:val="008910CB"/>
     <w:rsid w:val="008E6171"/>
     <w:rsid w:val="008F2E5B"/>
     <w:rsid w:val="008F4010"/>
     <w:rsid w:val="0090174E"/>
     <w:rsid w:val="0092220C"/>
     <w:rsid w:val="009252A0"/>
     <w:rsid w:val="00925389"/>
     <w:rsid w:val="009516E8"/>
     <w:rsid w:val="009646CD"/>
     <w:rsid w:val="00966610"/>
     <w:rsid w:val="0098492C"/>
     <w:rsid w:val="009869EB"/>
     <w:rsid w:val="009929DB"/>
     <w:rsid w:val="009A36F7"/>
     <w:rsid w:val="009D0E0C"/>
     <w:rsid w:val="009D6305"/>
     <w:rsid w:val="009F59C9"/>
     <w:rsid w:val="00A66A9B"/>
     <w:rsid w:val="00AA64F7"/>
     <w:rsid w:val="00AA6DD3"/>
     <w:rsid w:val="00AB7DC3"/>
     <w:rsid w:val="00AC75EC"/>
     <w:rsid w:val="00AD06BE"/>
     <w:rsid w:val="00AD4EFC"/>
     <w:rsid w:val="00AE63F4"/>
     <w:rsid w:val="00B022D8"/>
     <w:rsid w:val="00B3068B"/>
     <w:rsid w:val="00B3148C"/>
     <w:rsid w:val="00B41784"/>
+    <w:rsid w:val="00B53EED"/>
     <w:rsid w:val="00B635E3"/>
     <w:rsid w:val="00B739BD"/>
     <w:rsid w:val="00B9105C"/>
     <w:rsid w:val="00BD2C9C"/>
     <w:rsid w:val="00BD7BBC"/>
     <w:rsid w:val="00C00346"/>
     <w:rsid w:val="00C03A58"/>
     <w:rsid w:val="00C26E9E"/>
     <w:rsid w:val="00C40D81"/>
     <w:rsid w:val="00C5437F"/>
     <w:rsid w:val="00C62D11"/>
     <w:rsid w:val="00C704DD"/>
     <w:rsid w:val="00C85CBE"/>
     <w:rsid w:val="00C911D1"/>
     <w:rsid w:val="00C924AC"/>
     <w:rsid w:val="00CA0386"/>
     <w:rsid w:val="00CB117C"/>
     <w:rsid w:val="00CB3FCA"/>
     <w:rsid w:val="00CB5E50"/>
     <w:rsid w:val="00CC50C1"/>
     <w:rsid w:val="00CE4378"/>
     <w:rsid w:val="00CE712C"/>
     <w:rsid w:val="00D35FFA"/>
     <w:rsid w:val="00D37DD1"/>
     <w:rsid w:val="00D67A29"/>
@@ -4476,81 +4459,81 @@
     <w:rsid w:val="00F266B3"/>
     <w:rsid w:val="00F531DC"/>
     <w:rsid w:val="00F53E89"/>
     <w:rsid w:val="00F60D8A"/>
     <w:rsid w:val="00F9335B"/>
     <w:rsid w:val="00FB0B25"/>
     <w:rsid w:val="00FB6A67"/>
     <w:rsid w:val="00FF27B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4CEE0C47"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{76310307-EDB9-4BD3-BAA5-0598D26F355F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4612,98 +4595,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -4878,221 +4857,226 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AA64F7"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
+  <w:style w:type="character" w:styleId="Izteiksmgs">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="00E4695E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E4695E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280" w:after="280" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB7DC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB7DC3"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB7DC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB7DC3"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009516E8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009516E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00351CD3"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="Bezatstarpm">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00351CD3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1142187522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vsc.iem.gov.lv/fizisko-personu-datu-apstrade/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>