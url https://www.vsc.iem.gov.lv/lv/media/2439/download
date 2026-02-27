--- v0 (2025-10-26)
+++ v1 (2026-02-27)
@@ -7,51 +7,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="149F4EB3" w14:textId="55F601CF" w:rsidR="00165C80" w:rsidRDefault="00165C80" w:rsidP="000A3D70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Iekšlietu ministrijas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CEE0C4B" w14:textId="003BE3D0" w:rsidR="000A3D70" w:rsidRPr="005A0B9F" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -457,90 +457,90 @@
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D63D62C" w14:textId="7FBCEAA6" w:rsidR="00165C80" w:rsidRPr="00DD0BE4" w:rsidRDefault="00165C80" w:rsidP="00165C80">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Dienesta vieta*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8925" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E750E93" w14:textId="37442AA2" w:rsidR="00165C80" w:rsidRPr="00DD0BE4" w:rsidRDefault="00231BC7" w:rsidP="00D60011">
+          <w:p w14:paraId="2E750E93" w14:textId="37442AA2" w:rsidR="00165C80" w:rsidRPr="00DD0BE4" w:rsidRDefault="0000459B" w:rsidP="00D60011">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="835806586"/>
                 <w:placeholder>
                   <w:docPart w:val="597C74AF925D4F878EAE4A46D55B34EA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="VP" w:value="VP"/>
                   <w:listItem w:displayText="VUGD" w:value="VUGD"/>
                   <w:listItem w:displayText="VRS" w:value="VRS"/>
                   <w:listItem w:displayText="IDB" w:value="IDB"/>
                   <w:listItem w:displayText="IeVP" w:value="IeVP"/>
                   <w:listItem w:displayText="VSC" w:value="VSC"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00165C80" w:rsidRPr="00CD7467">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Vietturateksts"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
                   </w:rPr>
                   <w:t>Izvēlies</w:t>
                 </w:r>
                 <w:r w:rsidR="00165C80" w:rsidRPr="00DD0BE4">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Vietturateksts"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046796F" w:rsidRPr="00DD0BE4" w14:paraId="4CEE0C66" w14:textId="6969B66E" w:rsidTr="00211324">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CEE0C64" w14:textId="238187D5" w:rsidR="0046796F" w:rsidRPr="00DD0BE4" w:rsidRDefault="0046796F" w:rsidP="00B3068B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-148"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
@@ -763,51 +763,51 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="000A3D70" w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>obligāti aizpildāmā informācija</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="998"/>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="855"/>
         <w:gridCol w:w="6374"/>
       </w:tblGrid>
       <w:tr w:rsidR="00470E2C" w:rsidRPr="00DD0BE4" w14:paraId="41E73DE7" w14:textId="77777777" w:rsidTr="00B22552">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="998" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59D47251" w14:textId="01C0DBF4" w:rsidR="00470E2C" w:rsidRPr="00DD0BE4" w:rsidRDefault="00470E2C" w:rsidP="00985AB5">
             <w:pPr>
@@ -1118,127 +1118,127 @@
     </w:p>
     <w:p w14:paraId="4CEE0C6D" w14:textId="34B932B5" w:rsidR="000A3D70" w:rsidRPr="00C02696" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C02696">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lūdzu kompensēt man veselības aprūpes pakalpojumu izmaksas. Veselības aprūpes pakalpojumu izmaksu kompensācijai pievienoju maksājumus apliecinošos dokumentus par saņemtajiem pakalpojumiem:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="178"/>
         <w:tblW w:w="10910" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="420"/>
         <w:gridCol w:w="972"/>
         <w:gridCol w:w="1013"/>
         <w:gridCol w:w="7043"/>
         <w:gridCol w:w="1462"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D74B2" w14:paraId="185C5495" w14:textId="77777777" w:rsidTr="008D74B2">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="3831BF7B" w14:textId="77777777" w:rsidR="008D74B2" w:rsidRPr="004A1BB2" w:rsidRDefault="008D74B2" w:rsidP="008D74B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="678B944B" w14:textId="77E127F0" w:rsidR="008D74B2" w:rsidRPr="001F2AA0" w:rsidRDefault="008D74B2" w:rsidP="00D71C7F">
+          <w:p w14:paraId="678B944B" w14:textId="72F193B6" w:rsidR="008D74B2" w:rsidRPr="001F2AA0" w:rsidRDefault="008D74B2" w:rsidP="00D71C7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F2AA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00984544">
+            <w:r w:rsidR="003C316E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001F2AA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.gads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="70C4ED71" w14:textId="77777777" w:rsidR="008D74B2" w:rsidRPr="001F2AA0" w:rsidRDefault="008D74B2" w:rsidP="008D74B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1950,51 +1950,51 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CE0F218" w14:textId="77777777" w:rsidR="00A71DDD" w:rsidRPr="00893D24" w:rsidRDefault="00A71DDD" w:rsidP="00D43937">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-2"/>
         <w:tblW w:w="10910" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1007"/>
         <w:gridCol w:w="7045"/>
         <w:gridCol w:w="1448"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D43937" w14:paraId="2056E055" w14:textId="77777777" w:rsidTr="008D74B2">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="3A0AC813" w14:textId="099B54FB" w:rsidR="00D43937" w:rsidRPr="004A1BB2" w:rsidRDefault="00D43937" w:rsidP="008D74B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
@@ -2016,71 +2016,89 @@
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="693032941"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013439"/>
             </w:placeholder>
             <w:comboBox>
               <w:listItem w:displayText="2025.gads" w:value="2025.gads"/>
               <w:listItem w:displayText="2024.gads" w:value="2024.gads"/>
             </w:comboBox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="993" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8" w:themeFill="accent1" w:themeFillTint="33"/>
               </w:tcPr>
-              <w:p w14:paraId="4AAA47DC" w14:textId="7B3DCA65" w:rsidR="00D43937" w:rsidRPr="001F2AA0" w:rsidRDefault="0079354A" w:rsidP="00D71C7F">
+              <w:p w14:paraId="4AAA47DC" w14:textId="35EAFBA6" w:rsidR="00D43937" w:rsidRPr="001F2AA0" w:rsidRDefault="0079354A" w:rsidP="00D71C7F">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="851"/>
                   </w:tabs>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t>2024.gads</w:t>
+                  <w:t>202</w:t>
+                </w:r>
+                <w:r w:rsidR="003C316E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>5</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>.gads</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="01939D4A" w14:textId="2298B5B6" w:rsidR="00D43937" w:rsidRPr="001F2AA0" w:rsidRDefault="000C241F" w:rsidP="008D74B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2110,52 +2128,50 @@
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Čeks</w:t>
             </w:r>
             <w:r w:rsidR="006C49D2" w:rsidRPr="001F2AA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/kvīts Nr.</w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="55E07E37" w14:textId="6A5F99B2" w:rsidR="00D43937" w:rsidRPr="001F2AA0" w:rsidRDefault="00D43937" w:rsidP="008D74B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F2AA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2490,51 +2506,51 @@
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="7"/>
                     <w:format w:val="0,00"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text16"/>
+            <w:bookmarkStart w:id="4" w:name="Text16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2562,51 +2578,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D43937" w14:paraId="19D60929" w14:textId="77777777" w:rsidTr="008D74B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="29C5FC01" w14:textId="77777777" w:rsidR="00D43937" w:rsidRDefault="00D43937" w:rsidP="008D74B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10493" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
@@ -4882,51 +4898,51 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="4CEE0C95" w14:textId="621194A1" w:rsidR="00127E19" w:rsidRPr="00DD0BE4" w:rsidRDefault="00127E19" w:rsidP="000A3D70">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4CEE0C98" w14:textId="766381B8" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="00231BC7" w:rsidP="000A3D70">
+    <w:p w14:paraId="4CEE0C98" w14:textId="766381B8" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="0000459B" w:rsidP="000A3D70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="10620"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="2034845704"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -4987,51 +5003,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par veselības aprūpes kompensācijas atteikumu neatbilstošu izmaksu gadījumā lūdzu nosūtīt </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(atzīmēt vienu no saņemšanas veidiem; ja saņemšanas veids nebūs atzīmēts, tad nosūtīsim uz deklarēto dzīvesvietas adresi)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEE0C9C" w14:textId="3ADD990F" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="00231BC7" w:rsidP="000A3D70">
+    <w:p w14:paraId="4CEE0C9C" w14:textId="3ADD990F" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="0000459B" w:rsidP="000A3D70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-944846254"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -5040,51 +5056,51 @@
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009004C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A3D70" w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">pa pastu uz iesniegumā norādīto adresi </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEE0C9D" w14:textId="245F43AC" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="00231BC7" w:rsidP="000A3D70">
+    <w:p w14:paraId="4CEE0C9D" w14:textId="245F43AC" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="0000459B" w:rsidP="000A3D70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1481348806"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -5093,99 +5109,99 @@
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009004C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A3D70" w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>saņemšu personīgi Čiekurkalna 1.līnijā 1, K-1, Rīgā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEE0C9E" w14:textId="26E8C130" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="00231BC7" w:rsidP="000A3D70">
+    <w:p w14:paraId="4CEE0C9E" w14:textId="26E8C130" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="0000459B" w:rsidP="000A3D70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-314179561"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003C1B2A" w:rsidRPr="00DD0BE4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009004C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="000A3D70" w:rsidRPr="00DD0BE4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>www.latvija.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000A3D70" w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> elektroniski</w:t>
       </w:r>
       <w:r w:rsidR="000A3D70" w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (lēmums elektroniski tiks nosūtīts, tikai atbildot uz elektroniski saņemtu iesniegumu šajā portālā)</w:t>
       </w:r>
     </w:p>
@@ -5224,141 +5240,141 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Informācija par personas datu apstrādi. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Pārzinis: Iekšlietu ministrijas veselības un sporta centrs. Mērķis: apmaksāt un kompensēt Iekšlietu ministrijas sistēmas iestāžu un Ieslodzījuma vietu pārvaldes amatpersonām ar speciālajām dienesta pakāpēm veselības aprūpes pa</w:t>
       </w:r>
       <w:r w:rsidR="00127E19" w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">kalpojumus. Informācija vietnē: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="824481254"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00127E19" w:rsidRPr="00893D24">
             <w:rPr>
-              <w:rStyle w:val="Hyperlink"/>
+              <w:rStyle w:val="Hipersaite"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>http://vsc.iem.gov.lv/fizisko-personu-datu-apstrade/</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="385C8EBC" w14:textId="77777777" w:rsidR="00893D24" w:rsidRDefault="00893D24" w:rsidP="00B04916">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="258"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CEE0CA3" w14:textId="0C28E034" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="00926971" w:rsidP="00B04916">
+    <w:p w14:paraId="4CEE0CA3" w14:textId="2487C0C4" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="00926971" w:rsidP="00B04916">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="258"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Rīgā</w:t>
       </w:r>
       <w:r w:rsidR="009004C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B04916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00D9171B">
+      <w:r w:rsidR="003C316E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00B04916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.gada </w:t>
       </w:r>
       <w:r w:rsidR="00B04916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="28"/>
             </w:textInput>
           </w:ffData>
@@ -5729,158 +5745,158 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CEE0CAF" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="7230"/>
                 <w:tab w:val="left" w:pos="10620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEE0CB0" w14:textId="122DBA5C" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="000A3D70" w:rsidP="00995146">
+          <w:p w14:paraId="4CEE0CB0" w14:textId="62037144" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="000A3D70" w:rsidP="00995146">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="7230"/>
                 <w:tab w:val="left" w:pos="10620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00591CD1" w:rsidRPr="00DD0BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D9171B">
+            <w:r w:rsidR="003C316E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.gads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEE0CB1" w14:textId="105816ED" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="000A3D70" w:rsidP="00995146">
+          <w:p w14:paraId="4CEE0CB1" w14:textId="2E59076F" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="000A3D70" w:rsidP="00995146">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="7230"/>
                 <w:tab w:val="left" w:pos="10620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00B635E3" w:rsidRPr="00DD0BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D9171B">
+            <w:r w:rsidR="003C316E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.gads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CEE0CB2" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="7230"/>
                 <w:tab w:val="left" w:pos="10620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6221,51 +6237,50 @@
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CEE0CC2" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="7230"/>
                 <w:tab w:val="left" w:pos="10620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vakcīnas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CEE0CC3" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="7230"/>
                 <w:tab w:val="left" w:pos="10620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -6613,51 +6628,51 @@
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Ministru kabineta 2010. gada 21. jūnija noteikumu Nr.569 „Kārtība, kādā Iekšlietu ministrijas sistēmas iestāžu un Ieslodzījuma vietu pārvaldes amatpersona ar speciālo dienesta pakāpi saņem apmaksātus veselības aprūpes pakalpojumus” punkti.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4CEE0CFC" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:2.95pt;width:267.1pt;height:46.75pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARBpx/zAIAAK4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNFu0zAUfUfiHyy/d0matumipVPXtQhp&#10;wMRAPLu2k1g4drDdJgPx71w7bdcxHhAikSLf+Pr4nuPje3XdNxLtubFCqwInFzFGXFHNhKoK/PnT&#10;ZjTHyDqiGJFa8QI/couvF69fXXVtzse61pJxgwBE2bxrC1w71+ZRZGnNG2IvdMsVTJbaNMRBaKqI&#10;GdIBeiOjcRzPok4b1hpNubXw93aYxIuAX5acug9lablDssBQmwtfE75b/40WVySvDGlrQQ9lkH+o&#10;oiFCwaYnqFviCNoZ8QKqEdRoq0t3QXUT6bIUlAcOwCaJf2PzUJOWBy4gjm1PMtn/B0vf7+8NEqzA&#10;KUaKNHBEH0E0oirJUerl6VqbQ9ZDe288QdveafrVIqVXNWTxpTG6qzlhUFTi86NnC3xgYSnadu80&#10;A3Syczoo1Zem8YCgAerDgTyeDoT3DlH4maaX4ySDc6MwN71MZ1kWtiD5cXVrrHvDdYP8oMAGag/o&#10;ZH9nna+G5MeUUL2Wgm2ElCEw1XYlDdoTMMcmPAd0e54mFeqA2ziL4wD9bNKeYyyn/v0Thq/hlth6&#10;2IvByGeRvBEO7C9FU+B57J/ht9dzrVhIcUTIYQxcpPKreDD2QBCi3sEw/AfZgul+LDfTOJuk81GW&#10;TdPRJF3Ho5v5ZjVarpLZLFvfrG7WyU/PJpnktWCMq3XAtMc7kEz+zmOH2zi493QLTgX6qvQOOD7U&#10;rENM+DNKp3CoGAK4hl5UzxoRWUH/oM5gZLT7IlwdzO8d4TGeyTyf+fcg8wk9nPXZxtELbkNGD1KB&#10;kkfVgl29Qwenu37bg+zetlvNHsG4UE5wJzQ5GNTafMeog4ZRYPttRwzHSL5VYP7LZDLxHSYEk2k2&#10;hsCcz2zPZ4iiAFVgB9TDcOWGrrRrjahq2CkJxJVewoUpRfDyU1VAwQfQFAKZQwPzXec8DllPbXbx&#10;CwAA//8DAFBLAwQUAAYACAAAACEAvPtzjd0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvD&#10;QBSE74L/YXmCN7tr29Qm5qWIoiDUgq0Hj9vsaxLMvg3ZbRL/vetJj8MMM9/km8m2YqDeN44RbmcK&#10;BHHpTMMVwsfh+WYNwgfNRreOCeGbPGyKy4tcZ8aN/E7DPlQilrDPNEIdQpdJ6cuarPYz1xFH7+R6&#10;q0OUfSVNr8dYbls5V2olrW44LtS6o8eayq/92SKs7sLbaaueEvU60Egl7xYvnzvE66vp4R5EoCn8&#10;heEXP6JDEZmO7szGixYhHgkISQoimsliOQdxREjTJcgil//pix8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAEQacf8wCAACuBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAvPtzjd0AAAAFAQAADwAAAAAAAAAAAAAAAAAmBQAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAADAGAAAAAA==&#10;" strokecolor="#a5a5a5" strokeweight="1pt">
+              <v:rect w14:anchorId="4CEE0CFC" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:2.95pt;width:267.1pt;height:46.75pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAY9XN5OgIAAG4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aStmmNOkXRrMOA&#10;bivW7QNoWbaFyZJGKbG7ry8lp2m67TTMAQRSJJ/IRzKXV2Ov2U6iV9aUfD7LOZNG2FqZtuTfv92+&#10;O+fMBzA1aGtkyR+l51frt28uB1fIhe2sriUyAjG+GFzJuxBckWVedLIHP7NOGjI2FnsIpGKb1QgD&#10;ofc6W+T5WTZYrB1aIb2n281k5OuE3zRShC9N42VguuSUW0gnprOKZ7a+hKJFcJ0S+zTgH7LoQRl6&#10;9AC1gQBsi+oPqF4JtN42YSZsn9mmUUKmGqiaef5bNQ8dOJlqIXK8O9Dk/x+s+Ly7R6bqki85M9BT&#10;i74SaWBaLdky0jM4X5DXg7vHWKB3d1b88MzYm4685DWiHToJNSU1j/7Zq4CoeApl1fDJ1oQO22AT&#10;U2ODfQQkDtiYGvJ4aIgcAxN0uVxeLOYr6psg2+nF8my1Sk9A8Rzt0IcP0vYsCiVHyj2hw+7Oh5gN&#10;FM8uKXurVX2rtE4KttWNRrYDGo7b9O3R/bGbNmyg2harPE/Qr4z+GOP6NP7+hhFz2IDvprdqkqIX&#10;FL0KNP5a9SU/z+M3XUc+35s6uQRQepKpFm1ilEyDvS/wmeGpU2GsRgqLl5WtH4l4tNPQ05KS0Fn8&#10;xdlAA19y/3MLKDnTHw0172J+chI3JCknp6sFKXhsqY4tYARBlTxwNok3YdqqrUPVdvTSPJFl7DU1&#10;vFGpFy9Z7ceEhjq1aL+AcWuO9eT18jexfgIAAP//AwBQSwMEFAAGAAgAAAAhALz7c43dAAAABQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7a9vUJualiKIg1IKtB4/b7GsSzL4N&#10;2W0S/73rSY/DDDPf5JvJtmKg3jeOEW5nCgRx6UzDFcLH4flmDcIHzUa3jgnhmzxsisuLXGfGjfxO&#10;wz5UIpawzzRCHUKXSenLmqz2M9cRR+/keqtDlH0lTa/HWG5bOVdqJa1uOC7UuqPHmsqv/dkirO7C&#10;22mrnhL1OtBIJe8WL587xOur6eEeRKAp/IXhFz+iQxGZju7MxosWIR4JCEkKIprJYjkHcURI0yXI&#10;Ipf/6YsfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABj1c3k6AgAAbgQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALz7c43dAAAABQEAAA8AAAAA&#10;AAAAAAAAAAAAlAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" strokecolor="#a5a5a5" strokeweight="1pt">
                 <v:stroke dashstyle="dash"/>
                 <v:shadow color="#868686"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="4CEE0D06" w14:textId="77777777" w:rsidR="000A3D70" w:rsidRPr="00DD0BE4" w:rsidRDefault="000A3D70" w:rsidP="000A3D70">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="3969"/>
                           <w:tab w:val="left" w:pos="7230"/>
                           <w:tab w:val="left" w:pos="10620"/>
                         </w:tabs>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:bCs/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00DD0BE4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:bCs/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
@@ -6809,216 +6824,216 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD0BE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>DOKUMENTS PARAKSTĪTS AR DROŠU ELEKTRONISKO PARAKSTU UN SATUR LAIKA ZĪMOGU</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0080279D" w:rsidRPr="00DD0BE4" w:rsidSect="00C02696">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="567" w:bottom="142" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00C14C04" w14:textId="77777777" w:rsidR="001F766C" w:rsidRDefault="001F766C" w:rsidP="00AB7DC3">
+    <w:p w14:paraId="78F8A8D8" w14:textId="77777777" w:rsidR="0000459B" w:rsidRDefault="0000459B" w:rsidP="00AB7DC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69FF9AB1" w14:textId="77777777" w:rsidR="001F766C" w:rsidRDefault="001F766C" w:rsidP="00AB7DC3">
+    <w:p w14:paraId="1CFF3010" w14:textId="77777777" w:rsidR="0000459B" w:rsidRDefault="0000459B" w:rsidP="00AB7DC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F4B874A" w14:textId="77777777" w:rsidR="001F766C" w:rsidRDefault="001F766C" w:rsidP="00AB7DC3">
+    <w:p w14:paraId="007C1939" w14:textId="77777777" w:rsidR="0000459B" w:rsidRDefault="0000459B" w:rsidP="00AB7DC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="615298D8" w14:textId="77777777" w:rsidR="001F766C" w:rsidRDefault="001F766C" w:rsidP="00AB7DC3">
+    <w:p w14:paraId="414873B6" w14:textId="77777777" w:rsidR="0000459B" w:rsidRDefault="0000459B" w:rsidP="00AB7DC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2091069437"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4CEE0D02" w14:textId="61586A64" w:rsidR="00AB7DC3" w:rsidRDefault="00AB7DC3">
         <w:pPr>
-          <w:pStyle w:val="Header"/>
+          <w:pStyle w:val="Galvene"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="006C2C1B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4CEE0D03" w14:textId="77777777" w:rsidR="00AB7DC3" w:rsidRDefault="00AB7DC3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25B00DFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E45AFBD4"/>
     <w:lvl w:ilvl="0" w:tplc="04260011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7404,76 +7419,79 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="wjVMHcnTs2egaBJaq1sihUxcagKuf1ZtsEIBEs7Qeix8Qq0LMIvb4ueh1xxqZDgdMRZFg42n5Wlg7rtrW2mnJA==" w:salt="fA22MgThVheSus4PaxF4nw=="/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="IgOIUWraXfDueiToj90fPt4YA7xHO0QzZsm8j/fGM10dF8xUq7/VeYNgosuluzjdVIOndj/oWXT8F2GbwEL6Pg==" w:salt="Bz1TYWhDR+sr7W7plYhSpA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="167937"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA64F7"/>
+    <w:rsid w:val="0000459B"/>
     <w:rsid w:val="000121D2"/>
     <w:rsid w:val="00016707"/>
     <w:rsid w:val="0003663F"/>
     <w:rsid w:val="0005312D"/>
     <w:rsid w:val="0005605C"/>
     <w:rsid w:val="000712F4"/>
     <w:rsid w:val="00077B2C"/>
     <w:rsid w:val="00084269"/>
     <w:rsid w:val="000852DE"/>
     <w:rsid w:val="000916A8"/>
     <w:rsid w:val="0009221E"/>
     <w:rsid w:val="000A3D70"/>
     <w:rsid w:val="000A3E24"/>
     <w:rsid w:val="000B11B3"/>
     <w:rsid w:val="000C241F"/>
     <w:rsid w:val="000D5775"/>
     <w:rsid w:val="000D7A6B"/>
     <w:rsid w:val="000E1A9F"/>
     <w:rsid w:val="000F0DD0"/>
     <w:rsid w:val="001111E8"/>
     <w:rsid w:val="001238A2"/>
     <w:rsid w:val="00125DB0"/>
     <w:rsid w:val="0012655B"/>
     <w:rsid w:val="00127E19"/>
     <w:rsid w:val="001302F6"/>
@@ -7495,50 +7513,51 @@
     <w:rsid w:val="00251E7F"/>
     <w:rsid w:val="00286033"/>
     <w:rsid w:val="002A0D5A"/>
     <w:rsid w:val="002A7B58"/>
     <w:rsid w:val="002C12B4"/>
     <w:rsid w:val="003143D7"/>
     <w:rsid w:val="003148AB"/>
     <w:rsid w:val="00341F11"/>
     <w:rsid w:val="00342B7A"/>
     <w:rsid w:val="00351CD3"/>
     <w:rsid w:val="00352E8E"/>
     <w:rsid w:val="00372BA2"/>
     <w:rsid w:val="003756B4"/>
     <w:rsid w:val="00391FA0"/>
     <w:rsid w:val="00393D71"/>
     <w:rsid w:val="003944B3"/>
     <w:rsid w:val="00395F1D"/>
     <w:rsid w:val="00396BC2"/>
     <w:rsid w:val="003A338D"/>
     <w:rsid w:val="003A4F6D"/>
     <w:rsid w:val="003B123B"/>
     <w:rsid w:val="003B386C"/>
     <w:rsid w:val="003B7F5A"/>
     <w:rsid w:val="003C125B"/>
     <w:rsid w:val="003C1B2A"/>
+    <w:rsid w:val="003C316E"/>
     <w:rsid w:val="003D3DF4"/>
     <w:rsid w:val="003F2992"/>
     <w:rsid w:val="00410EFF"/>
     <w:rsid w:val="004133C1"/>
     <w:rsid w:val="00424DE0"/>
     <w:rsid w:val="00440901"/>
     <w:rsid w:val="00441827"/>
     <w:rsid w:val="00451E0B"/>
     <w:rsid w:val="004648F4"/>
     <w:rsid w:val="0046796F"/>
     <w:rsid w:val="00470DB3"/>
     <w:rsid w:val="00470E2C"/>
     <w:rsid w:val="00482701"/>
     <w:rsid w:val="00485A44"/>
     <w:rsid w:val="004901E9"/>
     <w:rsid w:val="00494322"/>
     <w:rsid w:val="004A7C92"/>
     <w:rsid w:val="004D38BC"/>
     <w:rsid w:val="00503248"/>
     <w:rsid w:val="00506893"/>
     <w:rsid w:val="005113D4"/>
     <w:rsid w:val="00516C8D"/>
     <w:rsid w:val="005278B3"/>
     <w:rsid w:val="005307AD"/>
     <w:rsid w:val="00537090"/>
@@ -7571,50 +7590,51 @@
     <w:rsid w:val="00634AD2"/>
     <w:rsid w:val="006417F4"/>
     <w:rsid w:val="00643581"/>
     <w:rsid w:val="006467FE"/>
     <w:rsid w:val="00655D88"/>
     <w:rsid w:val="00663D21"/>
     <w:rsid w:val="00665DD4"/>
     <w:rsid w:val="006725A0"/>
     <w:rsid w:val="00672C21"/>
     <w:rsid w:val="006835D0"/>
     <w:rsid w:val="00694E7D"/>
     <w:rsid w:val="006A3F36"/>
     <w:rsid w:val="006B28AE"/>
     <w:rsid w:val="006B5DD9"/>
     <w:rsid w:val="006B5EB7"/>
     <w:rsid w:val="006C2059"/>
     <w:rsid w:val="006C2C1B"/>
     <w:rsid w:val="006C49D2"/>
     <w:rsid w:val="006C7C00"/>
     <w:rsid w:val="006D29AF"/>
     <w:rsid w:val="006D3BA2"/>
     <w:rsid w:val="006E245B"/>
     <w:rsid w:val="006E3531"/>
     <w:rsid w:val="006F0AB9"/>
     <w:rsid w:val="00717860"/>
+    <w:rsid w:val="007228AA"/>
     <w:rsid w:val="00725B21"/>
     <w:rsid w:val="007300A4"/>
     <w:rsid w:val="007316CE"/>
     <w:rsid w:val="007324FA"/>
     <w:rsid w:val="00740F97"/>
     <w:rsid w:val="00746830"/>
     <w:rsid w:val="007733B2"/>
     <w:rsid w:val="007802D9"/>
     <w:rsid w:val="007846B9"/>
     <w:rsid w:val="00786A38"/>
     <w:rsid w:val="007930BF"/>
     <w:rsid w:val="0079354A"/>
     <w:rsid w:val="007A7C68"/>
     <w:rsid w:val="007B0781"/>
     <w:rsid w:val="007B5C2C"/>
     <w:rsid w:val="007C02DB"/>
     <w:rsid w:val="007C653A"/>
     <w:rsid w:val="007D4A7D"/>
     <w:rsid w:val="007E3312"/>
     <w:rsid w:val="0080279D"/>
     <w:rsid w:val="00810933"/>
     <w:rsid w:val="00812EDE"/>
     <w:rsid w:val="008153F1"/>
     <w:rsid w:val="0083044B"/>
     <w:rsid w:val="00830E72"/>
@@ -7797,81 +7817,81 @@
     <w:rsid w:val="00FA6DDC"/>
     <w:rsid w:val="00FB0B25"/>
     <w:rsid w:val="00FB6A67"/>
     <w:rsid w:val="00FB7258"/>
     <w:rsid w:val="00FE6DE4"/>
     <w:rsid w:val="00FF27B9"/>
     <w:rsid w:val="00FF690D"/>
     <w:rsid w:val="00FF6B28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="167937"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4CEE0C47"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{76310307-EDB9-4BD3-BAA5-0598D26F355F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7933,98 +7953,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -8199,570 +8215,577 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B04916"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="A5A5A5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AA64F7"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
+  <w:style w:type="character" w:styleId="Izteiksmgs">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="00E4695E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E4695E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280" w:after="280" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB7DC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB7DC3"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB7DC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB7DC3"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009516E8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009516E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00351CD3"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="Bezatstarpm">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00351CD3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Vietturateksts">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0080279D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00127E19"/>
     <w:rPr>
       <w:color w:val="919191" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00470E2C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00B04916"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="A5A5A5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1142187522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1654337743">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.latvija.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DCC55D09-61A5-4EE1-84B9-4C9BB1D010F1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A07DB3" w:rsidRDefault="006147D1">
           <w:r w:rsidRPr="002568B0">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C3238D9CDBD74E20BE065B5F48B963C2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B72E286C-5720-4694-BDAF-08FEDF470B62}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00C51DFC" w:rsidRDefault="005056B0" w:rsidP="005056B0">
           <w:pPr>
             <w:pStyle w:val="C3238D9CDBD74E20BE065B5F48B963C2"/>
           </w:pPr>
           <w:r w:rsidRPr="00FB364B">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="597C74AF925D4F878EAE4A46D55B34EA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B25C5A1A-85D6-44E8-B0C0-89B248695708}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00F057D8" w:rsidRDefault="00F661EB" w:rsidP="00F661EB">
           <w:pPr>
             <w:pStyle w:val="597C74AF925D4F878EAE4A46D55B34EA3"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD7467">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
               <w:color w:val="000000" w:themeColor="text1"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent1" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Izvēlies</w:t>
           </w:r>
           <w:r w:rsidRPr="00DD0BE4">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
               <w:color w:val="000000" w:themeColor="text1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="80968D094CB7436DA48262DC943B2F2D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B49CC970-A33A-464A-90DF-3D9628586BC7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00827067" w:rsidRDefault="00F057D8" w:rsidP="00F057D8">
           <w:pPr>
             <w:pStyle w:val="80968D094CB7436DA48262DC943B2F2D"/>
           </w:pPr>
           <w:r w:rsidRPr="00FB364B">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013439"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{050150FA-1AD0-4883-A864-B1A21C55F8C5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00687D78" w:rsidRDefault="00331E9C">
           <w:r w:rsidRPr="005C62E8">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006147D1"/>
     <w:rsid w:val="00024BC7"/>
+    <w:rsid w:val="0004205B"/>
     <w:rsid w:val="000602A8"/>
     <w:rsid w:val="0014738C"/>
     <w:rsid w:val="00160CAD"/>
     <w:rsid w:val="0026562F"/>
     <w:rsid w:val="002E605B"/>
     <w:rsid w:val="00331E9C"/>
     <w:rsid w:val="00383F3A"/>
     <w:rsid w:val="003A5ACA"/>
     <w:rsid w:val="003B57E1"/>
     <w:rsid w:val="00420537"/>
     <w:rsid w:val="004871BE"/>
     <w:rsid w:val="004D16A8"/>
     <w:rsid w:val="005056B0"/>
     <w:rsid w:val="00596969"/>
     <w:rsid w:val="006147D1"/>
     <w:rsid w:val="00633180"/>
     <w:rsid w:val="0067001D"/>
     <w:rsid w:val="00687D78"/>
     <w:rsid w:val="00701658"/>
     <w:rsid w:val="00742AA2"/>
     <w:rsid w:val="00827067"/>
     <w:rsid w:val="00834BCA"/>
     <w:rsid w:val="00867C8E"/>
     <w:rsid w:val="008E79DB"/>
     <w:rsid w:val="00975665"/>
@@ -8780,67 +8803,67 @@
     <w:rsid w:val="00F057D8"/>
     <w:rsid w:val="00F661EB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8902,98 +8925,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -9168,3821 +9187,118 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Vietturateksts">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F661EB"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14045EDAA5DF4654B181E3FCC71FD1B4">
-[...3538 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C3238D9CDBD74E20BE065B5F48B963C2">
     <w:name w:val="C3238D9CDBD74E20BE065B5F48B963C2"/>
     <w:rsid w:val="005056B0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E3B4BB5B42E4B8E86D50D07BC834BA8">
-[...146 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="80968D094CB7436DA48262DC943B2F2D">
     <w:name w:val="80968D094CB7436DA48262DC943B2F2D"/>
     <w:rsid w:val="00F057D8"/>
-  </w:style>
-[...18 lines deleted...]
-    <w:rsid w:val="00331E9C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="597C74AF925D4F878EAE4A46D55B34EA3">
     <w:name w:val="597C74AF925D4F878EAE4A46D55B34EA3"/>
     <w:rsid w:val="00F661EB"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Grayscale">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F8F8F8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="DDDDDD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B2B2B2"/>